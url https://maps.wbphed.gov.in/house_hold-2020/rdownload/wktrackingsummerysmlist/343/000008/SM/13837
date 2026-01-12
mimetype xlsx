--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -224,120 +224,120 @@
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
     <t>03/08/2023</t>
   </si>
   <si>
     <t>INDIA CONSTRUCTION</t>
   </si>
   <si>
     <t>Quotation for new service( power) connection at Kamakhyapur TW-02 Water supply scheme under Gosaba block. Reference ID:-106763781, Application No :-1008116807</t>
   </si>
   <si>
     <t>BILL/01843/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-471</t>
   </si>
   <si>
     <t>18/11/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
+    <t>Inter connection and rising main with supply of specials of Augmentation of Kamakhyapur W/S Scheme, Block-Gosaba under Canning Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001083/2023-2024</t>
+  </si>
+  <si>
+    <t>3542/AD</t>
+  </si>
+  <si>
+    <t>17/10/2023</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>GHOSH CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Construction of boundary wall at Head Work Site for Ground Water Based at Kamakhyapur Piped Water Supply Scheme, Block - Gosaba under Canning Sub-Division of Alipore Division, PHE Dte. (2nd Call)</t>
+  </si>
+  <si>
+    <t>ORD/000120/2025-2026</t>
+  </si>
+  <si>
+    <t>2583/AD</t>
+  </si>
+  <si>
+    <t>03/06/2025</t>
+  </si>
+  <si>
+    <t>18/07/2025</t>
+  </si>
+  <si>
+    <t>JHARNA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Construction of switch room cum chlorine room (4.88m x 3.66m) including Sanitary arrangement as per departmental drawing at the site of Kamakhyapur W/S Scheme, Block - Gosaba under Canning Sub-Division of Alipore Division, PHE Dte. [Pump House-II]</t>
+  </si>
+  <si>
+    <t>ORD/001762/2022-2023</t>
+  </si>
+  <si>
+    <t>11944/AD</t>
+  </si>
+  <si>
+    <t>24/02/2023</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>BANGA NIRMAN</t>
+  </si>
+  <si>
     <t>Construction of switch room cum chlorine room (5.4m x 3.6m) including Sanitary arrangement as per departmental drawing at the site of Kamakhyapur W/S Scheme, Block - Gosaba under Canning Sub-Division of Alipore Division, PHE Dte. [Pump House-I]</t>
   </si>
   <si>
     <t>ORD/002111/2022-2023</t>
   </si>
   <si>
     <t>12877/AD</t>
   </si>
   <si>
     <t>17/03/2023</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>JOY GURU BUILDERS</t>
-  </si>
-[...52 lines deleted...]
-    <t>BANGA NIRMAN</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1319,60 +1319,60 @@
       <c r="H10" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P10" s="4">
-        <v>8.92</v>
+        <v>11</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
@@ -1382,60 +1382,60 @@
       <c r="H11" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P11" s="4">
-        <v>11</v>
+        <v>37.41</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
@@ -1445,60 +1445,60 @@
       <c r="H12" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P12" s="4">
-        <v>37.41</v>
+        <v>8.61</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
@@ -1508,51 +1508,51 @@
       <c r="H13" s="13" t="s">
         <v>88</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P13" s="4">
-        <v>8.61</v>
+        <v>8.92</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>94</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>