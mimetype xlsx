--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -952,54 +952,54 @@
         <v>35</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>5.39</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.39</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>95</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1074,54 +1074,54 @@
       <c r="I6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>432.74</v>
       </c>
       <c r="Q6" s="4">
-        <v>162.18</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>37.48</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1200,54 +1200,54 @@
       <c r="I8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>43.94</v>
       </c>
       <c r="Q8" s="4">
-        <v>39.16</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>89.11</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1545,54 +1545,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>94</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>665.91</v>
       </c>
       <c r="P14" s="8">
-        <v>206.72</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>31.04</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>