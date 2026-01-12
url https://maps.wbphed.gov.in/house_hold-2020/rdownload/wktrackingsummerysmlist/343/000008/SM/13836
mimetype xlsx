--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -224,204 +224,204 @@
   <si>
     <t>06/03/2023</t>
   </si>
   <si>
     <t>20/04/2023</t>
   </si>
   <si>
     <t>S24 Pgns Mechanical</t>
   </si>
   <si>
     <t>Payment of electricity bill for new service connection under SMD, PHE Dte.</t>
   </si>
   <si>
     <t>BILL/04081/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-419</t>
   </si>
   <si>
     <t>16/12/2023</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
+    <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1&amp;2, of Jelepara water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Gosaba]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000550/2022-2023</t>
+  </si>
+  <si>
+    <t>476/SMD</t>
+  </si>
+  <si>
+    <t>20/02/2023</t>
+  </si>
+  <si>
+    <t>04/07/2025</t>
+  </si>
+  <si>
+    <t>P.K. ENGINEERING</t>
+  </si>
+  <si>
+    <t>Construction of OHR (100 Cum), Laying of Distribution System, Providing Functional Household Tap Connection etc. of Ground Water based Augmentation Piped Water Supply Scheme for the JELEPARA, Block-Gosaba under Canning Sub-Division of Alipore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000060/2023-2024</t>
+  </si>
+  <si>
+    <t>310/AD</t>
+  </si>
+  <si>
+    <t>26/04/2023</t>
+  </si>
+  <si>
+    <t>20/02/2024</t>
+  </si>
+  <si>
+    <t>ADITYA HAZRA</t>
+  </si>
+  <si>
+    <t>Sinking of 02 (two) nos. 250mm x 150mm dia. 360 mtr. deep Tubewell by Direct Rotary Rig Method using P.V.C pipe and pre-packed Resin Bonded Gravel Filter of Jelepara W/S Scheme, Block - Gosaba under Canning Sub Division of Alipore Division, PHE Dte. (3rd Call)</t>
+  </si>
+  <si>
+    <t>ORD/000216/2023-2024</t>
+  </si>
+  <si>
+    <t>956/AD</t>
+  </si>
+  <si>
+    <t>06/06/2023</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>INDIA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Supply &amp; delivery of Cast Iron wafer type butterfly valve with 3 phase actuator at Jelepara PH-1 water supply scheme under Gosaba Block under SMD, PHE Dte. (SM/13836)</t>
+  </si>
+  <si>
+    <t>ORD/002510/2024-2025</t>
+  </si>
+  <si>
+    <t>1708/SMSD</t>
+  </si>
+  <si>
+    <t>27/12/2024</t>
+  </si>
+  <si>
+    <t>11/01/2025</t>
+  </si>
+  <si>
+    <t>Supply &amp; delivery of Cast Iron wafer type butterfly valve with 3 phase actuator at Jelepara PH-2 water supply scheme under Gosaba Block under SMD, PHE Dte. (SM/13836)</t>
+  </si>
+  <si>
+    <t>ORD/002511/2024-2025</t>
+  </si>
+  <si>
+    <t>1707/SMSD</t>
+  </si>
+  <si>
+    <t>Improvement of outdoor illumination arrangement with allied works at Pump House-1 of Jelepara water supply sche under SMD,PHE Dte. (Block-Gosaba) (SM/13836)</t>
+  </si>
+  <si>
+    <t>ORD/002515/2024-2025</t>
+  </si>
+  <si>
+    <t>1771/SMSD</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>15/01/2025</t>
+  </si>
+  <si>
     <t>Supply &amp; delivery of valve and UPVC column pipe etc at Jelepara PH-1 water supply scheme under SMD, P.H.E. Dte. [SM/13836]</t>
   </si>
   <si>
-    <t>Assistant Engineer</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/002512/2024-2025</t>
   </si>
   <si>
     <t>1675/A/SMSD</t>
   </si>
   <si>
     <t>20/12/2024</t>
   </si>
   <si>
     <t>04/01/2025</t>
   </si>
   <si>
-    <t>P.K. ENGINEERING</t>
-[...1 lines deleted...]
-  <si>
     <t>Supply &amp; delivery of valve and UPVC column pipe etc at Jelepara PH-2 water supply scheme under SMD, P.H.E. Dte. [SM/13836]</t>
   </si>
   <si>
     <t>ORD/002513/2024-2025</t>
   </si>
   <si>
     <t>1673-A/SMSD</t>
   </si>
   <si>
     <t>Supply &amp; fixing main switch &amp; Bus Bar at Pump House-1 of Jelepara water supply sche under SMD,PHE Dte. (Block-Gosaba) (SM/13836)</t>
   </si>
   <si>
     <t>ORD/002514/2024-2025</t>
   </si>
   <si>
     <t>1772/SMSD</t>
   </si>
   <si>
-    <t>31/12/2024</t>
-[...4 lines deleted...]
-  <si>
     <t>Supply &amp; fixing main switch &amp; Bus Bar at Pump House-2 of Jelepara water supply sche under SMD,PHE Dte. (Block-Gosaba) (SM/13836)</t>
   </si>
   <si>
     <t>ORD/002516/2024-2025</t>
   </si>
   <si>
     <t>283/SMSD</t>
   </si>
   <si>
     <t>25/02/2025</t>
   </si>
   <si>
     <t>12/03/2025</t>
   </si>
   <si>
     <t>Improvement of outdoor illumination arrangement with allied works at Pump House-2 of Jelepara water supply sche under SMD,PHE Dte. (Block-Gosaba) (SM/13836)</t>
   </si>
   <si>
     <t>ORD/002517/2024-2025</t>
   </si>
   <si>
     <t>282/SMSD</t>
-  </si>
-[...82 lines deleted...]
-    <t>INDIA CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1462,690 +1462,690 @@
       <c r="H11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P11" s="4">
-        <v>0.7</v>
+        <v>19.27</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>78</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="P12" s="4">
-        <v>0.7</v>
+        <v>244.02</v>
       </c>
       <c r="Q12" s="4">
-        <v>0</v>
+        <v>74.57</v>
       </c>
       <c r="R12" s="4">
-        <v>0</v>
+        <v>30.56</v>
       </c>
       <c r="S12" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="I13" s="13" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="P13" s="4">
-        <v>0.31</v>
+        <v>43.94</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P14" s="4">
-        <v>0.31</v>
+        <v>0.99</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="M15" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="M15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N15" s="4" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P15" s="4">
-        <v>0.97</v>
+        <v>0.99</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P16" s="4">
-        <v>0.99</v>
+        <v>0.97</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P17" s="4">
-        <v>0.99</v>
+        <v>0.7</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>85</v>
+        <v>107</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P18" s="4">
-        <v>0.97</v>
+        <v>0.7</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K19" s="4" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P19" s="4">
-        <v>19.27</v>
+        <v>0.31</v>
       </c>
       <c r="Q19" s="4">
         <v>0</v>
       </c>
       <c r="R19" s="4">
         <v>0</v>
       </c>
       <c r="S19" s="4">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="13" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="I20" s="13" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="J20" s="13" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="K20" s="4" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="L20" s="4" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="M20" s="4" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="N20" s="4" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="O20" s="4" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="P20" s="4">
-        <v>244.02</v>
+        <v>0.31</v>
       </c>
       <c r="Q20" s="4">
-        <v>74.57</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>30.56</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H21" s="13" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="I21" s="13" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="J21" s="13" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="K21" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="L21" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="M21" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="L21" s="4" t="s">
+      <c r="N21" s="4" t="s">
         <v>118</v>
       </c>
-      <c r="M21" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O21" s="4" t="s">
-        <v>121</v>
+        <v>77</v>
       </c>
       <c r="P21" s="4">
-        <v>43.94</v>
+        <v>0.97</v>
       </c>
       <c r="Q21" s="4">
         <v>0</v>
       </c>
       <c r="R21" s="4">
         <v>0</v>
       </c>
       <c r="S21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>412.79</v>