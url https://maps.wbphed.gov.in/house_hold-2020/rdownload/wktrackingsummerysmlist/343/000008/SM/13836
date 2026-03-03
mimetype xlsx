--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1036,54 +1036,54 @@
         <v>34</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>3.32</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.32</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>95</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1280,54 +1280,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P8" s="4">
         <v>8.87</v>
       </c>
       <c r="Q8" s="4">
-        <v>8.7</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>98.06</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1343,54 +1343,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P9" s="4">
         <v>8.59</v>
       </c>
       <c r="Q9" s="4">
-        <v>8.38</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>97.55</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1528,54 +1528,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>244.02</v>
       </c>
       <c r="Q12" s="4">
-        <v>74.57</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>30.56</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -2129,54 +2129,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>412.79</v>
       </c>
       <c r="P22" s="8">
-        <v>94.97</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>23.01</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>