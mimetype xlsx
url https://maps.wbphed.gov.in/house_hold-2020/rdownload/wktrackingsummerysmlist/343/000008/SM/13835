--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1063,54 +1063,54 @@
         <v>43</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>6.31</v>
       </c>
       <c r="Q5" s="4">
-        <v>6.31</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1244,54 +1244,54 @@
       <c r="I8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>373.95</v>
       </c>
       <c r="Q8" s="4">
-        <v>123.69</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>33.08</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>20</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1307,54 +1307,54 @@
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>49.26</v>
       </c>
       <c r="Q9" s="4">
-        <v>47.53</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>96.48</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1433,54 +1433,54 @@
       <c r="I11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P11" s="4">
         <v>0.49</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1673,54 +1673,54 @@
       <c r="I15" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P15" s="4">
         <v>2760.12</v>
       </c>
       <c r="Q15" s="4">
-        <v>130.82</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>4.74</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>66</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1799,88 +1799,88 @@
       <c r="I17" s="13" t="s">
         <v>103</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>104</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P17" s="4">
         <v>1.2</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>32.93</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>3332.08</v>
       </c>
       <c r="P18" s="8">
-        <v>309.22</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>9.28</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>