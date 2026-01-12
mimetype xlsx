--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -282,68 +282,50 @@
     <t>29/01/2024</t>
   </si>
   <si>
     <t>RTOR000943/2023-2024</t>
   </si>
   <si>
     <t>1677/AD</t>
   </si>
   <si>
     <t>22/03/2024</t>
   </si>
   <si>
     <t>Construction of 150 cum. Over Head Reservoir (OHR), (20 mtr. Staging Height) along with Pump House, Laying distribution system, Rising Main, Functional Household Tap Connection (FHTC) to all households including design &amp; drawing of foundation after soil investagation including O &amp; M of Laying distribution, Rising Main &amp; FHTC for 1 year after completion of FHTC works for Indranarayanpur Water Supply Scheme, Block - Pathar Pratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (Part-A) [No. of FHTC = 1200]</t>
   </si>
   <si>
     <t>ORD/001479/2022-2023</t>
   </si>
   <si>
     <t>10987/AD</t>
   </si>
   <si>
     <t>07/02/2023</t>
   </si>
   <si>
     <t>04/12/2023</t>
-  </si>
-[...16 lines deleted...]
-    <t>AQUATECH ENGINEERS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -732,51 +714,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="75.410156" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1586,150 +1568,87 @@
       </c>
       <c r="N14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P14" s="4">
         <v>285.27</v>
       </c>
       <c r="Q14" s="4">
         <v>142.14</v>
       </c>
       <c r="R14" s="4">
         <v>49.83</v>
       </c>
       <c r="S14" s="4">
         <v>40</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
-      <c r="A15" s="3">
-[...20 lines deleted...]
-      <c r="H15" s="13" t="s">
+      <c r="A15" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="I15" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8"/>
+      <c r="N15" s="8"/>
+      <c r="O15" s="8">
+        <v>493.62</v>
+      </c>
+      <c r="P15" s="8">
+        <v>153.88</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>31.17</v>
+      </c>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
-    <row r="16" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A16:N16"/>
+    <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>