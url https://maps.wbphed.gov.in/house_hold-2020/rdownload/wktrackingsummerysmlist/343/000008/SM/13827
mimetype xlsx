--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -942,54 +942,54 @@
       <c r="I4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P4" s="4">
         <v>18.85</v>
       </c>
       <c r="Q4" s="4">
-        <v>7.93</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>42.04</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>30</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1003,54 +1003,54 @@
         <v>43</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>3.65</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.65</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1373,54 +1373,54 @@
       <c r="I11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>0.79</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>19.99</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1554,88 +1554,88 @@
       <c r="I14" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P14" s="4">
         <v>285.27</v>
       </c>
       <c r="Q14" s="4">
-        <v>142.14</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>49.83</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>40</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>493.62</v>
       </c>
       <c r="P15" s="8">
-        <v>153.88</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>31.17</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>