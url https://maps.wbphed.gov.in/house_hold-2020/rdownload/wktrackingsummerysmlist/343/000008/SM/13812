--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1049,54 +1049,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.22</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.22</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1110,54 +1110,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>19.26</v>
       </c>
       <c r="Q4" s="4">
-        <v>17.65</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>91.61</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1403,54 +1403,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>30.86</v>
       </c>
       <c r="Q9" s="4">
-        <v>24.04</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>77.91</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1525,54 +1525,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>0.94</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1586,54 +1586,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>9.1</v>
       </c>
       <c r="Q12" s="4">
-        <v>6.59</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>72.46</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1875,54 +1875,54 @@
       <c r="I17" s="13" t="s">
         <v>98</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>99</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P17" s="4">
         <v>11.11</v>
       </c>
       <c r="Q17" s="4">
-        <v>10.17</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>91.59</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1936,54 +1936,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P18" s="4">
         <v>10.77</v>
       </c>
       <c r="Q18" s="4">
-        <v>2.57</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>23.9</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>70</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2058,54 +2058,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P20" s="4">
         <v>10</v>
       </c>
       <c r="Q20" s="4">
-        <v>8.51</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>85.07</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>60</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2119,54 +2119,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P21" s="4">
         <v>47.31</v>
       </c>
       <c r="Q21" s="4">
-        <v>7.74</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>16.36</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>70</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2397,54 +2397,54 @@
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>148</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>378.3</v>
       </c>
       <c r="P26" s="8">
-        <v>81.65</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>21.58</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>