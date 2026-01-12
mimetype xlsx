--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -80,219 +80,204 @@
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>SOUTH 24 PARGANAS</t>
   </si>
   <si>
     <t>Kakdwip</t>
   </si>
   <si>
+    <t>S24 Pgns Mechanical</t>
+  </si>
+  <si>
+    <t>GROUND WATER BASED DAKSHIN KASIABAD PIPED WATER SUPPLY SCHEME, UNDER ALIPORE DIVISION, P.H.E. DTE. BLOCK : KAKDWIP, DISTRICT : SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
+    <t>SM/13797</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1&amp;2, of Dakshin Kasiabad water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Kakdwip]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer -I</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000434/2022-2023</t>
+  </si>
+  <si>
+    <t>3830/SMD</t>
+  </si>
+  <si>
+    <t>29/12/2022</t>
+  </si>
+  <si>
+    <t>29/03/2023</t>
+  </si>
+  <si>
+    <t>M/S. S.S. ENTERPRISE</t>
+  </si>
+  <si>
     <t>Alipore Division</t>
   </si>
   <si>
-    <t>GROUND WATER BASED DAKSHIN KASIABAD PIPED WATER SUPPLY SCHEME, UNDER ALIPORE DIVISION, P.H.E. DTE. BLOCK : KAKDWIP, DISTRICT : SOUTH 24 PARGANAS</t>
-[...8 lines deleted...]
-    <t>Sinking of 02 Nos. 250mm x 150mm dia. 360 mtr. deep Tubewell by D.R. Rig method using UPVC Pipe &amp; Pre-packed Resin Bonded Gravel Filter at 1st and 2nd Tubewell Site of Dakshin Kasiabad W/S Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (2nd call)</t>
+    <t>Construction of boundary wall along with Land Development, Plinth Protection and Approach Road for Pump House at 2nd Tubewell Site of Dakshin Kasiabad W/S scheme, Block - Kakdwip under JJM of Kakdwip Sub-Division under Alipore Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer, Kakdwip Sub Division</t>
   </si>
   <si>
+    <t>ORD/000951/2023-2024</t>
+  </si>
+  <si>
+    <t>2983/AD</t>
+  </si>
+  <si>
+    <t>26/09/2023</t>
+  </si>
+  <si>
+    <t>26/10/2023</t>
+  </si>
+  <si>
+    <t>M/S. PAPIYA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Construction of boundary wall along with Land Development and Plinth Protection and Approach Road for Pump House at Head Work Site of Dakshin Kasiabad W/S scheme, Block - Kakdwip under JJM of Kakdwip Sub-Division under Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
     <t>Juniour Engineer_3, Kakdwip Sub Division</t>
   </si>
   <si>
-    <t>ORD/001773/2022-2023</t>
-[...5 lines deleted...]
-    <t>27/02/2023</t>
+    <t>ORD/000950/2023-2024</t>
+  </si>
+  <si>
+    <t>2982/AD</t>
+  </si>
+  <si>
+    <t>10/11/2023</t>
+  </si>
+  <si>
+    <t>M/S. RABIN CON</t>
+  </si>
+  <si>
+    <t>Conducting route survey, design distribution network and preparation &amp; submission of DPR for each of different new water supply scheme / each Augmentation water supply scheme ( DAKSHIN KASIABAD PWSS) including Functional Household Tap Connection (FHTC) for implementation of JJM at Kakdwip Block under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001048/2022-2023</t>
+  </si>
+  <si>
+    <t>3676/AD</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
+    <t>15/09/2022</t>
+  </si>
+  <si>
+    <t>LEMNISCATE</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000447/2023-2024</t>
+  </si>
+  <si>
+    <t>4713/AD</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>Making and fixing of permanent display board at headwork site of Harendranagar, Ramgopalpur, Uttar Kashiabad, Dakshin Kashiabad, Thangara, Nebutala PWSS under JJM at Kakdwip Block under Kakdwip Sub-Division of Alipore Division P.H.E.D.</t>
+  </si>
+  <si>
+    <t>Juniour Engineer_2, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/002140/2023-2024</t>
+  </si>
+  <si>
+    <t>940/KSD</t>
+  </si>
+  <si>
+    <t>19/12/2023</t>
+  </si>
+  <si>
+    <t>24/12/2023</t>
+  </si>
+  <si>
+    <t>M/S B. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>RTOR000588/2023-2024</t>
+  </si>
+  <si>
+    <t>87/AD</t>
+  </si>
+  <si>
+    <t>03/01/2024</t>
+  </si>
+  <si>
+    <t>Construction of 300 cum. (2 nos.), 250 cum. (1 no.), 200 cum. (02 nos.) and 150 cum. (1 no.) Over Head Reservoir (OHR), (20 mtr. Staging Height) along with 12 nos. Pump House, Laying distribution system, Rising Main, Functional Household Tap Connection (FHTC) to all households including design &amp; drawing of pile foundation &amp; pile cap after soil investagation including O &amp; M of distribution system, rising main, FHTC for 1 year after completion of FHTC works for Uttar Kashiabad, Dakshin Kashiabad, Manmathapur, Ramgopalpur, Mrinalnagar and Bhubannagar Water Supply Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. [No of FHTC= 12945]</t>
+  </si>
+  <si>
+    <t>Juniour Engineer_3, Kakdwip Sub Division,Juniour Engineer_4, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/000052/2023-2024</t>
+  </si>
+  <si>
+    <t>122/AD</t>
   </si>
   <si>
     <t>13/04/2023</t>
-  </si>
-[...136 lines deleted...]
-    <t>122/AD</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>GARGO TRADERS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -687,51 +672,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -849,596 +834,533 @@
       <c r="H3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
-        <v>38.5</v>
+        <v>19.37</v>
       </c>
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="J4" s="13" t="s">
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="N4" s="4" t="s">
+      <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="O4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>19.37</v>
+        <v>9.47</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J5" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="I5" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="N5" s="4" t="s">
+      <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="O5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>9.47</v>
+        <v>27.5</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="I6" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K6" s="4" t="s">
+      <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
-        <v>27.5</v>
+        <v>3.86</v>
       </c>
       <c r="Q6" s="4">
-        <v>0</v>
+        <v>3.86</v>
       </c>
       <c r="R6" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>54</v>
       </c>
-      <c r="I7" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="O7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" s="4">
-        <v>3.86</v>
+        <v>14.1</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.86</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J8" s="13" t="s">
         <v>60</v>
       </c>
-      <c r="I8" s="13"/>
-      <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P8" s="4">
-        <v>14.1</v>
+        <v>0.94</v>
       </c>
       <c r="Q8" s="4">
-        <v>0</v>
+        <v>0.16</v>
       </c>
       <c r="R8" s="4">
-        <v>0</v>
+        <v>16.66</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="J9" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="K9" s="4" t="s">
+      <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="M9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N9" s="4" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="P9" s="4">
-        <v>0.94</v>
+        <v>9.3</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="J10" s="13"/>
+        <v>69</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>70</v>
+      </c>
       <c r="K10" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="L10" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O10" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" s="4">
+        <v>2798.35</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>234.82</v>
+      </c>
+      <c r="R10" s="4">
+        <v>8.39</v>
+      </c>
+      <c r="S10" s="4">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="3">
-[...26 lines deleted...]
-      <c r="J11" s="13" t="s">
+      <c r="A11" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="K11" s="4" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>2882.89</v>
+      </c>
+      <c r="P11" s="8">
+        <v>238.85</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>8.28</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
-    <row r="12" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>