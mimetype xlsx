--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1022,54 +1022,54 @@
         <v>48</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>3.86</v>
       </c>
       <c r="Q6" s="4">
-        <v>3.86</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1144,54 +1144,54 @@
       <c r="I8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
         <v>0.94</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1266,88 +1266,88 @@
       <c r="I10" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P10" s="4">
         <v>2798.35</v>
       </c>
       <c r="Q10" s="4">
-        <v>234.82</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>8.39</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>64</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>2882.89</v>
       </c>
       <c r="P11" s="8">
-        <v>238.85</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>8.28</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>