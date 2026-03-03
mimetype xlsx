--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -125,96 +125,96 @@
   <si>
     <t>10/11/2022</t>
   </si>
   <si>
     <t>25/12/2022</t>
   </si>
   <si>
     <t>INDRANIL DUTTA &amp; ASSOCIATES</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000181/2023-2024</t>
   </si>
   <si>
     <t>1134/AD</t>
   </si>
   <si>
     <t>22/06/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>S24 Pgns Mechanical</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1, of Khunkhali (Part-IV) Mini piped water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Canning-II]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000585/2022-2023</t>
+  </si>
+  <si>
+    <t>642/SND</t>
+  </si>
+  <si>
+    <t>02/03/2023</t>
+  </si>
+  <si>
+    <t>31/05/2023</t>
+  </si>
+  <si>
+    <t>KAMAKHYA ENTERPRISE</t>
+  </si>
+  <si>
     <t>Sinking of 150 X 100 mm dia. X 360 Mtr. Depth Rig bored Tube wells, Ground Water Recharge Structure of Tubewell, Construction of Switch Room (3750 x 2550), Construction of soak pit, pavement, boundary fencing, MS gate, land development, approach road, Laying of Distribution System, Providing Functional Household Tap Connection etc. of Ground Water Based Mini Piped Water Supply Scheme for the Khunkhali (Part - IV) having village with maximum 70 nos. households, Block - Canning -II under Canning Sub Division of Alipore Division, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer, 2 CSD</t>
   </si>
   <si>
     <t>ORD/000791/2022-2023</t>
   </si>
   <si>
     <t>6679/AD</t>
   </si>
   <si>
     <t>14/11/2022</t>
   </si>
   <si>
-    <t>13/01/2023</t>
+    <t>30/04/2025</t>
   </si>
   <si>
     <t>SNEHA CONSTRUCTION</t>
-  </si>
-[...25 lines deleted...]
-    <t>KAMAKHYA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -764,54 +764,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>0.32</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.32</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -843,188 +843,188 @@
         <v>0.43</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="P5" s="4">
-        <v>38.95</v>
+        <v>8.8</v>
       </c>
       <c r="Q5" s="4">
-        <v>24.22</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>62.2</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
-        <v>8.8</v>
+        <v>38.95</v>
       </c>
       <c r="Q6" s="4">
-        <v>7.31</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>83.09</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>48.5</v>
       </c>
       <c r="P7" s="8">
-        <v>31.86</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>65.69</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>