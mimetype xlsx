--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -189,50 +189,74 @@
     <t>BILL/00390/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-53</t>
   </si>
   <si>
     <t>09/06/2023</t>
   </si>
   <si>
     <t>Sinking of 150 X 100 mm dia. X 360 Mtr. Depth Rig bored Tube wells, Ground Water Recharge Structure of Tubewell, Construction of Switch Room (3750 x 2550), Construction of soak pit, pavement, boundary fencing, MS gate, land development, approach road, Laying of Distribution System, Providing Functional Household Tap Connection etc. of Ground Water Based Mini Piped Water Supply Scheme for the Maukhali-Kumarkhali (Part - II) having village with maximum 124 nos. households, Block - Canning -II under Canning Sub Division of Alipore Division, PHE Dte. (2nd Call)</t>
   </si>
   <si>
     <t>ORD/000785/2022-2023</t>
   </si>
   <si>
     <t>6640/AD</t>
   </si>
   <si>
     <t>14/11/2022</t>
   </si>
   <si>
     <t>13/01/2023</t>
   </si>
   <si>
     <t>D.N. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1, of Moukhali Kumarkhali (Part-II) Mini piped water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Canning-II]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000587/2022-2023</t>
+  </si>
+  <si>
+    <t>644/SMD</t>
+  </si>
+  <si>
+    <t>02/03/2023</t>
+  </si>
+  <si>
+    <t>31/03/2025</t>
+  </si>
+  <si>
+    <t>SUDIP PRADHAN</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -621,51 +645,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1089,87 +1113,148 @@
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>47.22</v>
       </c>
       <c r="Q8" s="4">
         <v>21.61</v>
       </c>
       <c r="R8" s="4">
         <v>45.76</v>
       </c>
       <c r="S8" s="4">
         <v>60</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="B9" s="7"/>
-[...22 lines deleted...]
-      <c r="S9" s="8"/>
+      <c r="I9" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" s="4">
+        <v>8.83</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>7.93</v>
+      </c>
+      <c r="R9" s="4">
+        <v>89.82</v>
+      </c>
+      <c r="S9" s="4">
+        <v>100</v>
+      </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>79.76</v>
+      </c>
+      <c r="P10" s="8">
+        <v>43.82</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>54.94</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>