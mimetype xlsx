--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -806,54 +806,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>0.39</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -867,54 +867,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>16.21</v>
       </c>
       <c r="Q4" s="4">
-        <v>13.89</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>85.71</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>98</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1099,54 +1099,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>47.22</v>
       </c>
       <c r="Q8" s="4">
-        <v>21.61</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>45.76</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>60</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1160,88 +1160,88 @@
       <c r="I9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>8.83</v>
       </c>
       <c r="Q9" s="4">
-        <v>7.93</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>89.82</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>79.76</v>
       </c>
       <c r="P10" s="8">
-        <v>43.82</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>54.94</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>