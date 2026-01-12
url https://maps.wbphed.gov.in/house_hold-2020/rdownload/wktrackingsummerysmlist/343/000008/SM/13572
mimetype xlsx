--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,165 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
+    <t>Alipore Division</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED MINI PIPED WATER SUPPLY SCHEME FOR MAUKHALI KUMARKHALI (PART-X) UNDER ALIPORE DIVISION, PHE DTE, BLOCK: CANNING-II, DISTRICT : SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
+    <t>SM/13572</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>Conducting route survey, design distribution network and preparation &amp; submission of DPR for Maukhali-Kumarkhali (Part-X) Augmentation Water Supply Scheme including Functional Household Tap Connection (FHTC) for implementation of JJM at Canning-II Block under Canning Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Canning sub division</t>
+  </si>
+  <si>
+    <t>ORD/001906/2022-2023</t>
+  </si>
+  <si>
+    <t>5670/AD</t>
+  </si>
+  <si>
+    <t>10/11/2022</t>
+  </si>
+  <si>
+    <t>25/12/2022</t>
+  </si>
+  <si>
+    <t>INDRANIL DUTTA &amp; ASSOCIATES</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000175/2023-2024</t>
+  </si>
+  <si>
+    <t>1128/AD</t>
+  </si>
+  <si>
+    <t>22/06/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>S24 Pgns Mechanical</t>
+  </si>
+  <si>
+    <t>PAYMENT OF ELECTRICITY BILL FOR NEW SERVICE CONNECTION UNDER SMD PHE DTE.</t>
+  </si>
+  <si>
+    <t>BILL/00521/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-72</t>
+  </si>
+  <si>
+    <t>13/06/2023</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1, of Moukhali Kumarkhali (Part-X) Mini piped water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Canning-II]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000596/2022-2023</t>
+  </si>
+  <si>
+    <t>659/SMD</t>
+  </si>
+  <si>
+    <t>06/03/2023</t>
+  </si>
+  <si>
+    <t>04/06/2023</t>
+  </si>
+  <si>
+    <t>DITHI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Sinking of 150 X 100 mm dia. X 360 Mtr. Depth Rig bored Tube wells, Ground Water Recharge Structure of Tubewell, Construction of Switch Room (3750 x 2550), Construction of soak pit, pavement, boundary fencing, MS gate, land development, approach road, Laying of Distribution System, Providing Functional Household Tap Connection etc. of Ground Water Based Mini Piped Water Supply Scheme for Maukhali-Kumarkhali (Part - X) having village with maximum 198 nos. households, Block - Canning -II under Canning Sub Division of Alipore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer, 4 CSD</t>
+  </si>
+  <si>
+    <t>ORD/000794/2022-2023</t>
+  </si>
+  <si>
+    <t>6683/AD</t>
+  </si>
+  <si>
+    <t>14/11/2022</t>
+  </si>
+  <si>
+    <t>27/01/2025</t>
+  </si>
+  <si>
+    <t>M/S. L.P. CONSTRUCTION</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +265,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +618,498 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...12 lines deleted...]
-      <c r="O3" s="6">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13"/>
+      <c r="K3" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" s="4">
+        <v>0.55</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>0.55</v>
+      </c>
+      <c r="R3" s="4">
+        <v>100</v>
+      </c>
+      <c r="S3" s="4">
         <v>0</v>
       </c>
-      <c r="P3" s="6">
-[...6 lines deleted...]
-      <c r="S3" s="6"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" s="4">
+        <v>1.22</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P5" s="4">
+        <v>7.31</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" s="4">
+        <v>8.94</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>8.06</v>
+      </c>
+      <c r="R6" s="4">
+        <v>90.23</v>
+      </c>
+      <c r="S6" s="4">
+        <v>100</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" s="4">
+        <v>55.83</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>50.25</v>
+      </c>
+      <c r="R7" s="4">
+        <v>90.01</v>
+      </c>
+      <c r="S7" s="4">
+        <v>95</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>73.85</v>
+      </c>
+      <c r="P8" s="8">
+        <v>58.86</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>79.71</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>