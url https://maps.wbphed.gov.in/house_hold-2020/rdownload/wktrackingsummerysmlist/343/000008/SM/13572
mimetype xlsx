--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -779,54 +779,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>0.55</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.55</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -954,54 +954,54 @@
       <c r="I6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>8.94</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.06</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>90.23</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1015,88 +1015,88 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>55.83</v>
       </c>
       <c r="Q7" s="4">
-        <v>50.25</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>90.01</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>95</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>73.85</v>
       </c>
       <c r="P8" s="8">
-        <v>58.86</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>79.71</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>