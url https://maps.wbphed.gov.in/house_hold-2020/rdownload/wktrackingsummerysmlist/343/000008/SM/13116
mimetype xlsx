--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="306">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -653,321 +653,267 @@
   <si>
     <t>Restoration of Thunkati Canning Road South 24 Pags. Highway Division damaged caused due to laying of water pipe lines by PHED under Canning Sub Division of Alipore Division</t>
   </si>
   <si>
     <t>BILL/01323/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-622</t>
   </si>
   <si>
     <t>27/09/2024</t>
   </si>
   <si>
     <t>EXECUTIVE ENGNEER, 24 PGS. HIGHWAY DIVN, P.W.(ROADS) DEPTT.</t>
   </si>
   <si>
     <t>Quotation for new service(power) connection Canning Zone-I ,PH-2 water supply scheme under Canning -I block under SMD PHE dte. (Ref ID:-106606285) (App ID:-1007793877)</t>
   </si>
   <si>
     <t>BILL/00397/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-104</t>
   </si>
   <si>
-    <t>Construction of boundary wall and Land development for Tube Well no 2 Site for Ground Water Based of Bibir Abad Piped Water Supply Scheme, Block - Canning- II under Canning Sub-Division of Alipore Division, PHE Dte. (2nd Call)</t>
-[...8 lines deleted...]
-    <t>25/06/2025</t>
+    <t>Laying distribution system for piped Water Supply Scheme for Augmentation of Canning PWSS Zone-I Block Canning-I under Canning Sub-Division of Alipore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000066/2022-2023</t>
+  </si>
+  <si>
+    <t>5806/AD</t>
+  </si>
+  <si>
+    <t>29/07/2025</t>
+  </si>
+  <si>
+    <t>Laying distribution system for piped Water Supply Scheme for Augumentation of Canning PWSS Zone-III Block Canning-I under Canning Sub-Division of Alipore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000557/2022-2023</t>
+  </si>
+  <si>
+    <t>5808/AD</t>
+  </si>
+  <si>
+    <t>14/02/2023</t>
+  </si>
+  <si>
+    <t>Retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households for all the households in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Canning Augmentation Water Supply Scheme including one year Operation &amp; Maintenance of scheme, Block - Canning-I South 24 Pgs. District under Canning Sub-Division of Alipore Division, P.H.E. Dte. (Zone - II, Part - B)</t>
+  </si>
+  <si>
+    <t>ORD/000563/2022-2023</t>
+  </si>
+  <si>
+    <t>5813/AD</t>
+  </si>
+  <si>
+    <t>16/10/2025</t>
+  </si>
+  <si>
+    <t>Retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households for all the households in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Canning Augmentation Water Supply Scheme including one year Operation &amp; Maintenance of scheme, Block - Canning-I South 24 Pgs. District under Canning Sub-Division of Alipore Division, P.H.E. Dte. (Zone - II, Part - C)</t>
+  </si>
+  <si>
+    <t>ORD/000564/2022-2023</t>
+  </si>
+  <si>
+    <t>5814/AD</t>
+  </si>
+  <si>
+    <t>Retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households for all the households in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Canning Augmentation Water Supply Scheme including one year Operation &amp; Maintenance of scheme, Block - Canning-I South 24 Pgs. District under Canning Sub-Division of Alipore Division, P.H.E. Dte. (Zone ¿ III, Part ¿ C)</t>
+  </si>
+  <si>
+    <t>ORD/000574/2022-2023</t>
+  </si>
+  <si>
+    <t>5817/AD</t>
+  </si>
+  <si>
+    <t>Supply, Installation and commissioning of submersible pumping machinery along with allied accessories for Augmentation of Canning Zone-1, Zone-2 &amp; Zone-3 water supply scheme under South 24 Pgs Mechanical Division PHE Dte. [Block:- Canning-I]</t>
+  </si>
+  <si>
+    <t>ORD/000073/2023-2024</t>
+  </si>
+  <si>
+    <t>1010//SMD</t>
+  </si>
+  <si>
+    <t>11/04/2023</t>
+  </si>
+  <si>
+    <t>11/04/2024</t>
+  </si>
+  <si>
+    <t>Inter connection and rising main with supply of specials of Augmentation of Canning W/S Scheme (Zone-I, II &amp; III), Block- Canning-I under Canning Sub-Division of Alipore Division, P.H.E. Dte. (at Zone-III) (SM/13116)</t>
+  </si>
+  <si>
+    <t>ORD/001023/2023-2024</t>
+  </si>
+  <si>
+    <t>3308/AD</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>Dismantling of existing concrete road and restoration the same (Bahirsona and Kumarsha Chak Part) after laying pipe line at Augmentation of Canning Water Supply Scheme (Zone- I, II &amp; III), Block- Canning- I under Canning Sub-Division of Alipore Division, PHE Dte. (Zone-II) (SM/13116)</t>
+  </si>
+  <si>
+    <t>ORD/001020/2023-2024</t>
+  </si>
+  <si>
+    <t>3305/AD</t>
+  </si>
+  <si>
+    <t>30/03/2025</t>
+  </si>
+  <si>
+    <t>Additional Laying of pipe line to connect the balance area of Augmentation of Canning W/S Scheme (Zone-I, II &amp; III), Block - Canning-I, under Canning Sub-Division of Alipore Division, P.H.E.Dte. (Zone-III)</t>
+  </si>
+  <si>
+    <t>ORD/000278/2024-2025</t>
+  </si>
+  <si>
+    <t>2832/AD</t>
+  </si>
+  <si>
+    <t>04/07/2024</t>
+  </si>
+  <si>
+    <t>Construction of toilet including sanitary arrangement and other allied works at Canning Sub-Division Office of Canning (Zone-I, II &amp; III) PWSS, under Canning Sub-Division of Alipore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001062/2024-2025</t>
+  </si>
+  <si>
+    <t>1293/CSD</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>20/01/2025</t>
+  </si>
+  <si>
+    <t>D.R.CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Laying pipe line to connect the uncovered habitation and protection work at Augmentation of Canning (Zone- I, II &amp; III) W/S Scheme, Block-Canning-I under Canning Sub-Division of Alipore Division, P.H.E. Dte. (For Zone - II)</t>
+  </si>
+  <si>
+    <t>ORD/000355/2024-2025</t>
+  </si>
+  <si>
+    <t>2827/AD</t>
+  </si>
+  <si>
+    <t>27/09/2025</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 4 of Dakshin Redokhali water supply scheme Adjacent to Aug. of Canning W/S Sche. under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Canning-I]</t>
+  </si>
+  <si>
+    <t>ORD/000123/2024-2025</t>
+  </si>
+  <si>
+    <t>2291/SMD</t>
+  </si>
+  <si>
+    <t>19/07/2024</t>
+  </si>
+  <si>
+    <t>17/10/2024</t>
+  </si>
+  <si>
+    <t>Dismantling work of Plain Cement Concrete Road and restoration work (Canning Station areas) for laying distribution work of Augmentation of Canning Water Supply Scheme, Block-Canning-I under Canning Sub-Division of Alipore Division, P.H.E. Dte. (Zone-III) ( SM/13116)</t>
+  </si>
+  <si>
+    <t>ORD/000546/2024-2025</t>
+  </si>
+  <si>
+    <t>3717/AD</t>
+  </si>
+  <si>
+    <t>12/09/2024</t>
+  </si>
+  <si>
+    <t>11/03/2025</t>
+  </si>
+  <si>
+    <t>M.P. ENTERPRISE (II)</t>
+  </si>
+  <si>
+    <t>Construction of 700 m³ capacity R.C.C OHR (based on Departmental Design &amp; Drawing) with 20 mtr. staging height including Geo- Technical investigation, foundation, pipeline connection and cost of pipes, specials etc. for Ground Water Based Augmentation Piped Water Supply Scheme of Canning (Zone-I, II &amp; III) of Canning-I Block under Canning Sub- Division of Alipore Division, PHE Dte. (Zone - II) [SM/13116]</t>
+  </si>
+  <si>
+    <t>ORD/002853/2024-2025</t>
+  </si>
+  <si>
+    <t>1153/AD</t>
+  </si>
+  <si>
+    <t>18/03/2025</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>RIVER BENZ CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Construction of boundary wall at Pump House - 2 at Ground Water Based Augmentation Piped Water Supply Scheme of Canning (Zone-I, II &amp; III) W/S Scheme Block - Canning-I under Canning Sub-Division of Alipore Division, PHE Dte. (Zone - II)</t>
+  </si>
+  <si>
+    <t>Junior Engineer, 2 CSD,Junior Engineer,1 CSD</t>
+  </si>
+  <si>
+    <t>ORD/002493/2024-2025</t>
+  </si>
+  <si>
+    <t>785/AD</t>
+  </si>
+  <si>
+    <t>25/02/2025</t>
+  </si>
+  <si>
+    <t>27/03/2025</t>
+  </si>
+  <si>
+    <t>AVIJIT CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Construction of boundary wall and Land development for head work Site for Augmentation of Canning W/S Scheme (Zone-I, II &amp; III), Block - Canning-I under Canning Sub-Division of Alipore Division, P.H.E. Dte. (at Zone-III) (2nd Call)</t>
+  </si>
+  <si>
+    <t>ORD/000444/2025-2026</t>
+  </si>
+  <si>
+    <t>3566/AD</t>
   </si>
   <si>
     <t>25/07/2025</t>
-  </si>
-[...256 lines deleted...]
-    <t>3566/AD</t>
   </si>
   <si>
     <t>08/09/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1359,51 +1305,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W64"/>
+  <dimension ref="A1:W59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="70.697021" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -3908,1333 +3854,1028 @@
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="13" t="s">
         <v>213</v>
       </c>
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M43" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="N43" s="4" t="s">
         <v>216</v>
       </c>
-      <c r="N43" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O43" s="4" t="s">
-        <v>218</v>
+        <v>64</v>
       </c>
       <c r="P43" s="4">
-        <v>10.75</v>
+        <v>195.19</v>
       </c>
       <c r="Q43" s="4">
-        <v>0</v>
+        <v>113.17</v>
       </c>
       <c r="R43" s="4">
-        <v>0</v>
+        <v>57.98</v>
       </c>
       <c r="S43" s="4">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="13" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="I44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K44" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="L44" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="M44" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="N44" s="4" t="s">
         <v>220</v>
       </c>
-      <c r="L44" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O44" s="4" t="s">
-        <v>218</v>
+        <v>60</v>
       </c>
       <c r="P44" s="4">
-        <v>6.04</v>
+        <v>268.06</v>
       </c>
       <c r="Q44" s="4">
-        <v>0</v>
+        <v>232.53</v>
       </c>
       <c r="R44" s="4">
-        <v>0</v>
+        <v>86.74</v>
       </c>
       <c r="S44" s="4">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="13" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="K45" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="L45" s="4" t="s">
         <v>223</v>
       </c>
-      <c r="L45" s="4" t="s">
+      <c r="M45" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="N45" s="4" t="s">
         <v>224</v>
       </c>
-      <c r="M45" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O45" s="4" t="s">
-        <v>218</v>
+        <v>56</v>
       </c>
       <c r="P45" s="4">
-        <v>22.36</v>
+        <v>55.75</v>
       </c>
       <c r="Q45" s="4">
         <v>0</v>
       </c>
       <c r="R45" s="4">
         <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="13" t="s">
         <v>225</v>
       </c>
       <c r="I46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="13" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="O46" s="4" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="P46" s="4">
-        <v>195.19</v>
+        <v>49.11</v>
       </c>
       <c r="Q46" s="4">
-        <v>113.17</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>57.98</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
-        <v>70</v>
+        <v>96</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="13" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K47" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="L47" s="4" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N47" s="4" t="s">
-        <v>232</v>
+        <v>55</v>
       </c>
       <c r="O47" s="4" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="P47" s="4">
-        <v>39.63</v>
+        <v>61.49</v>
       </c>
       <c r="Q47" s="4">
-        <v>24.73</v>
+        <v>60.01</v>
       </c>
       <c r="R47" s="4">
-        <v>62.39</v>
+        <v>97.6</v>
       </c>
       <c r="S47" s="4">
-        <v>72</v>
+        <v>98</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="13" t="s">
+        <v>231</v>
+      </c>
+      <c r="I48" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="J48" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K48" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="L48" s="4" t="s">
         <v>233</v>
       </c>
-      <c r="I48" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K48" s="4" t="s">
+      <c r="M48" s="4" t="s">
         <v>234</v>
       </c>
-      <c r="L48" s="4" t="s">
+      <c r="N48" s="4" t="s">
         <v>235</v>
       </c>
-      <c r="M48" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O48" s="4" t="s">
-        <v>60</v>
+        <v>139</v>
       </c>
       <c r="P48" s="4">
-        <v>268.06</v>
+        <v>113.4</v>
       </c>
       <c r="Q48" s="4">
-        <v>232.53</v>
+        <v>84.9</v>
       </c>
       <c r="R48" s="4">
-        <v>86.74</v>
+        <v>74.87</v>
       </c>
       <c r="S48" s="4">
-        <v>94</v>
+        <v>70</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="13" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="I49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K49" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="L49" s="4" t="s">
         <v>238</v>
       </c>
-      <c r="L49" s="4" t="s">
+      <c r="M49" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="N49" s="4" t="s">
         <v>239</v>
       </c>
-      <c r="M49" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O49" s="4" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="P49" s="4">
-        <v>69.38</v>
+        <v>17.47</v>
       </c>
       <c r="Q49" s="4">
         <v>0</v>
       </c>
       <c r="R49" s="4">
         <v>0</v>
       </c>
       <c r="S49" s="4">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="13" t="s">
         <v>240</v>
       </c>
       <c r="I50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>241</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>242</v>
       </c>
       <c r="M50" s="4" t="s">
-        <v>54</v>
+        <v>111</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>243</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P50" s="4">
-        <v>55.75</v>
+        <v>34.3</v>
       </c>
       <c r="Q50" s="4">
         <v>0</v>
       </c>
       <c r="R50" s="4">
         <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>0</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="13" t="s">
         <v>244</v>
       </c>
       <c r="I51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="13" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>245</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>246</v>
       </c>
       <c r="M51" s="4" t="s">
-        <v>54</v>
+        <v>247</v>
       </c>
       <c r="N51" s="4" t="s">
-        <v>243</v>
+        <v>107</v>
       </c>
       <c r="O51" s="4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="P51" s="4">
-        <v>49.11</v>
+        <v>75.69</v>
       </c>
       <c r="Q51" s="4">
-        <v>0</v>
+        <v>20.53</v>
       </c>
       <c r="R51" s="4">
-        <v>0</v>
+        <v>27.12</v>
       </c>
       <c r="S51" s="4">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="13" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I52" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K52" s="4" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="L52" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="M52" s="4" t="s">
-        <v>54</v>
+        <v>251</v>
       </c>
       <c r="N52" s="4" t="s">
-        <v>55</v>
+        <v>252</v>
       </c>
       <c r="O52" s="4" t="s">
-        <v>60</v>
+        <v>253</v>
       </c>
       <c r="P52" s="4">
-        <v>61.49</v>
+        <v>4.82</v>
       </c>
       <c r="Q52" s="4">
-        <v>60.01</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>97.6</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H53" s="13" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="I53" s="13" t="s">
-        <v>133</v>
+        <v>26</v>
       </c>
       <c r="J53" s="13" t="s">
-        <v>134</v>
+        <v>33</v>
       </c>
       <c r="K53" s="4" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="L53" s="4" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="M53" s="4" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="N53" s="4" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="O53" s="4" t="s">
-        <v>139</v>
+        <v>56</v>
       </c>
       <c r="P53" s="4">
-        <v>113.4</v>
+        <v>141.64</v>
       </c>
       <c r="Q53" s="4">
-        <v>84.9</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>74.87</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="13" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="I54" s="13" t="s">
-        <v>26</v>
+        <v>133</v>
       </c>
       <c r="J54" s="13" t="s">
-        <v>40</v>
+        <v>134</v>
       </c>
       <c r="K54" s="4" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="L54" s="4" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="M54" s="4" t="s">
-        <v>111</v>
+        <v>261</v>
       </c>
       <c r="N54" s="4" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="O54" s="4" t="s">
-        <v>60</v>
+        <v>154</v>
       </c>
       <c r="P54" s="4">
-        <v>17.47</v>
+        <v>10.82</v>
       </c>
       <c r="Q54" s="4">
         <v>0</v>
       </c>
       <c r="R54" s="4">
         <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>95</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="13" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="I55" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J55" s="13" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="K55" s="4" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="L55" s="4" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="M55" s="4" t="s">
-        <v>111</v>
+        <v>266</v>
       </c>
       <c r="N55" s="4" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="O55" s="4" t="s">
-        <v>56</v>
+        <v>268</v>
       </c>
       <c r="P55" s="4">
-        <v>34.3</v>
+        <v>41.04</v>
       </c>
       <c r="Q55" s="4">
-        <v>0</v>
+        <v>4.72</v>
       </c>
       <c r="R55" s="4">
-        <v>0</v>
+        <v>11.5</v>
       </c>
       <c r="S55" s="4">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="13" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="I56" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J56" s="13" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="K56" s="4" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="L56" s="4" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="M56" s="4" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="N56" s="4" t="s">
-        <v>107</v>
+        <v>273</v>
       </c>
       <c r="O56" s="4" t="s">
-        <v>60</v>
+        <v>274</v>
       </c>
       <c r="P56" s="4">
-        <v>75.69</v>
+        <v>220.05</v>
       </c>
       <c r="Q56" s="4">
-        <v>20.53</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>27.12</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="13" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="I57" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J57" s="13" t="s">
-        <v>40</v>
+        <v>276</v>
       </c>
       <c r="K57" s="4" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="L57" s="4" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="M57" s="4" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="N57" s="4" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="O57" s="4" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="P57" s="4">
-        <v>4.82</v>
+        <v>8</v>
       </c>
       <c r="Q57" s="4">
         <v>0</v>
       </c>
       <c r="R57" s="4">
         <v>0</v>
       </c>
       <c r="S57" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="13" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="I58" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J58" s="13" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="K58" s="4" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="L58" s="4" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="M58" s="4" t="s">
-        <v>266</v>
+        <v>285</v>
       </c>
       <c r="N58" s="4" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="O58" s="4" t="s">
-        <v>56</v>
+        <v>268</v>
       </c>
       <c r="P58" s="4">
-        <v>141.64</v>
+        <v>29.51</v>
       </c>
       <c r="Q58" s="4">
         <v>0</v>
       </c>
       <c r="R58" s="4">
         <v>0</v>
       </c>
       <c r="S58" s="4">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
-      <c r="A59" s="3">
-[...53 lines deleted...]
-      </c>
+      <c r="A59" s="7" t="s">
+        <v>287</v>
+      </c>
+      <c r="B59" s="7"/>
+      <c r="C59" s="7"/>
+      <c r="D59" s="7"/>
+      <c r="E59" s="11"/>
+      <c r="F59" s="7"/>
+      <c r="G59" s="7"/>
+      <c r="H59" s="14"/>
+      <c r="I59" s="14"/>
+      <c r="J59" s="14"/>
+      <c r="K59" s="8"/>
+      <c r="L59" s="8"/>
+      <c r="M59" s="8"/>
+      <c r="N59" s="8"/>
+      <c r="O59" s="8">
+        <v>2952.27</v>
+      </c>
+      <c r="P59" s="8">
+        <v>932.46</v>
+      </c>
+      <c r="Q59" s="8">
+        <v>31.58</v>
+      </c>
+      <c r="R59" s="8"/>
+      <c r="S59" s="8"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
-    <row r="60" spans="1:23">
-[...275 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A64:N64"/>
+    <mergeCell ref="A59:N59"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>