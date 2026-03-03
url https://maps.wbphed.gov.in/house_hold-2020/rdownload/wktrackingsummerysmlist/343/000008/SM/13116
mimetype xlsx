--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1466,54 +1466,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>63.16</v>
       </c>
       <c r="Q3" s="4">
-        <v>54.81</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>86.77</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>66</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1527,54 +1527,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>6.76</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.94</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>87.76</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1588,54 +1588,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>6.77</v>
       </c>
       <c r="Q5" s="4">
-        <v>5.64</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>83.39</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1649,54 +1649,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>6.73</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.65</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>83.87</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1954,54 +1954,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P11" s="4">
         <v>6.99</v>
       </c>
       <c r="Q11" s="4">
-        <v>6.77</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>96.84</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>95</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2015,54 +2015,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="4">
         <v>2.23</v>
       </c>
       <c r="Q12" s="4">
-        <v>2.21</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.22</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>98</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2072,54 +2072,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>75</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P13" s="4">
         <v>0.98</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.07</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2129,54 +2129,54 @@
       </c>
       <c r="H14" s="13" t="s">
         <v>81</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>0.78</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2304,54 +2304,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P17" s="4">
         <v>63.19</v>
       </c>
       <c r="Q17" s="4">
-        <v>38.07</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>60.24</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>70</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2365,54 +2365,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P18" s="4">
         <v>232.69</v>
       </c>
       <c r="Q18" s="4">
-        <v>167.38</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>71.93</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>80</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2487,54 +2487,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P20" s="4">
         <v>14.05</v>
       </c>
       <c r="Q20" s="4">
-        <v>11.21</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>79.76</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -3097,54 +3097,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P30" s="4">
         <v>6.78</v>
       </c>
       <c r="Q30" s="4">
-        <v>6.7</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>98.83</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>98</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3158,54 +3158,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P31" s="4">
         <v>7</v>
       </c>
       <c r="Q31" s="4">
-        <v>6.71</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>95.76</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>98</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3219,54 +3219,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>169</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P32" s="4">
         <v>6.78</v>
       </c>
       <c r="Q32" s="4">
-        <v>6.07</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>89.46</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>98</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3280,54 +3280,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P33" s="4">
         <v>0.56</v>
       </c>
       <c r="Q33" s="4">
-        <v>0.56</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>99.47</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3341,54 +3341,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>177</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>178</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>179</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P34" s="4">
         <v>38.83</v>
       </c>
       <c r="Q34" s="4">
-        <v>34.94</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>89.98</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>95</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3402,54 +3402,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P35" s="4">
         <v>2.84</v>
       </c>
       <c r="Q35" s="4">
-        <v>2.55</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>89.6</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3463,54 +3463,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>187</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>189</v>
       </c>
       <c r="P36" s="4">
         <v>71.43</v>
       </c>
       <c r="Q36" s="4">
-        <v>59.66</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>83.52</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>90</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3866,54 +3866,54 @@
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>216</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P43" s="4">
         <v>195.19</v>
       </c>
       <c r="Q43" s="4">
-        <v>113.17</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>57.98</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>70</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3927,54 +3927,54 @@
       <c r="I44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>218</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>219</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P44" s="4">
         <v>268.06</v>
       </c>
       <c r="Q44" s="4">
-        <v>232.53</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>86.74</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>94</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4110,54 +4110,54 @@
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>229</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>230</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P47" s="4">
         <v>61.49</v>
       </c>
       <c r="Q47" s="4">
-        <v>60.01</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>97.6</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>98</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4171,54 +4171,54 @@
       <c r="I48" s="13" t="s">
         <v>133</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>134</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>232</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>233</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>234</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>235</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>139</v>
       </c>
       <c r="P48" s="4">
         <v>113.4</v>
       </c>
       <c r="Q48" s="4">
-        <v>84.9</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>74.87</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>70</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4354,54 +4354,54 @@
       <c r="I51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>245</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>246</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>247</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P51" s="4">
         <v>75.69</v>
       </c>
       <c r="Q51" s="4">
-        <v>20.53</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>27.12</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>80</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4598,54 +4598,54 @@
       <c r="I55" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>264</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>265</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>266</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>267</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>268</v>
       </c>
       <c r="P55" s="4">
         <v>41.04</v>
       </c>
       <c r="Q55" s="4">
-        <v>4.72</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>11.5</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>98</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -4815,54 +4815,54 @@
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="7" t="s">
         <v>287</v>
       </c>
       <c r="B59" s="7"/>
       <c r="C59" s="7"/>
       <c r="D59" s="7"/>
       <c r="E59" s="11"/>
       <c r="F59" s="7"/>
       <c r="G59" s="7"/>
       <c r="H59" s="14"/>
       <c r="I59" s="14"/>
       <c r="J59" s="14"/>
       <c r="K59" s="8"/>
       <c r="L59" s="8"/>
       <c r="M59" s="8"/>
       <c r="N59" s="8"/>
       <c r="O59" s="8">
         <v>2952.27</v>
       </c>
       <c r="P59" s="8">
-        <v>932.46</v>
+        <v>0</v>
       </c>
       <c r="Q59" s="8">
-        <v>31.58</v>
+        <v>0</v>
       </c>
       <c r="R59" s="8"/>
       <c r="S59" s="8"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A59:N59"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>