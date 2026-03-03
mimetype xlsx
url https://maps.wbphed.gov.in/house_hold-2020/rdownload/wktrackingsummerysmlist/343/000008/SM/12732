--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -948,54 +948,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>4.3</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.3</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1011,54 +1011,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>0.49</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1436,54 +1436,54 @@
       <c r="I11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>21.74</v>
       </c>
       <c r="Q11" s="4">
-        <v>10.46</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>48.11</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>65</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1562,54 +1562,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>28.21</v>
       </c>
       <c r="Q13" s="4">
-        <v>27.76</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.42</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1625,54 +1625,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P14" s="4">
         <v>0.95</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.31</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>33.28</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1688,54 +1688,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P15" s="4">
         <v>36.69</v>
       </c>
       <c r="Q15" s="4">
-        <v>17.07</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>46.51</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>50</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1810,54 +1810,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P17" s="4">
         <v>344.09</v>
       </c>
       <c r="Q17" s="4">
-        <v>204.85</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>59.53</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>55</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1907,54 +1907,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>597.92</v>
       </c>
       <c r="P19" s="8">
-        <v>265.23</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>44.36</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>