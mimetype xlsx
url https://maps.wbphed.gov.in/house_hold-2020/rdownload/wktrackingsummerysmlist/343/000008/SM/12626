--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1018,54 +1018,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>8.65</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.65</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1077,54 +1077,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>56.41</v>
       </c>
       <c r="Q4" s="4">
-        <v>56.38</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1138,54 +1138,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>45.85</v>
       </c>
       <c r="Q5" s="4">
-        <v>45.34</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>98.89</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1321,54 +1321,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>0.49</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1553,54 +1553,54 @@
       <c r="I12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>22.4</v>
       </c>
       <c r="Q12" s="4">
-        <v>3.85</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>17.17</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>5</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1675,54 +1675,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P14" s="4">
         <v>0.81</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>49.99</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1736,54 +1736,54 @@
       <c r="I15" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P15" s="4">
         <v>8.79</v>
       </c>
       <c r="Q15" s="4">
-        <v>8.32</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>94.59</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1797,54 +1797,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P16" s="4">
         <v>32.97</v>
       </c>
       <c r="Q16" s="4">
-        <v>30.49</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>92.46</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>90</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1972,54 +1972,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P19" s="4">
         <v>546.08</v>
       </c>
       <c r="Q19" s="4">
-        <v>266.25</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>48.76</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>20</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2216,88 +2216,88 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P23" s="4">
         <v>50.5</v>
       </c>
       <c r="Q23" s="4">
-        <v>36.68</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>72.62</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>70</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>137</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>1109.89</v>
       </c>
       <c r="P24" s="8">
-        <v>456.84</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>41.16</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>