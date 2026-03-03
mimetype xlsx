--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1219,54 +1219,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>9.6</v>
       </c>
       <c r="Q3" s="4">
-        <v>9.6</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1280,54 +1280,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>63.91</v>
       </c>
       <c r="Q4" s="4">
-        <v>48.16</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>75.36</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1341,54 +1341,54 @@
       <c r="I5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>21.52</v>
       </c>
       <c r="Q5" s="4">
-        <v>19.61</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>91.16</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>75</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1402,54 +1402,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P6" s="4">
         <v>10.65</v>
       </c>
       <c r="Q6" s="4">
-        <v>10.53</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.85</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>95</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1463,54 +1463,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P7" s="4">
         <v>36.67</v>
       </c>
       <c r="Q7" s="4">
-        <v>32.97</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>89.91</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1524,54 +1524,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P8" s="4">
         <v>0.49</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1756,54 +1756,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P12" s="4">
         <v>119.67</v>
       </c>
       <c r="Q12" s="4">
-        <v>76.8</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>64.17</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>80</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1817,54 +1817,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P13" s="4">
         <v>89.01</v>
       </c>
       <c r="Q13" s="4">
-        <v>78.51</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>88.2</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>60</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1878,54 +1878,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P14" s="4">
         <v>1.2</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.15</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>95.89</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2244,54 +2244,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P20" s="4">
         <v>7.9</v>
       </c>
       <c r="Q20" s="4">
-        <v>7.87</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.65</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2305,54 +2305,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P21" s="4">
         <v>16.87</v>
       </c>
       <c r="Q21" s="4">
-        <v>15.71</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>93.11</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>80</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2366,54 +2366,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P22" s="4">
         <v>16.66</v>
       </c>
       <c r="Q22" s="4">
-        <v>15.11</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>90.71</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2427,54 +2427,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P23" s="4">
         <v>60.02</v>
       </c>
       <c r="Q23" s="4">
-        <v>57.88</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>96.43</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2488,54 +2488,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P24" s="4">
         <v>3.14</v>
       </c>
       <c r="Q24" s="4">
-        <v>3.14</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>100.03</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2549,54 +2549,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>148</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>151</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>153</v>
       </c>
       <c r="P25" s="4">
         <v>0.63</v>
       </c>
       <c r="Q25" s="4">
-        <v>0.31</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>49.99</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2606,54 +2606,54 @@
       </c>
       <c r="H26" s="13" t="s">
         <v>154</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>155</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>156</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>157</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>158</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P26" s="4">
         <v>0.78</v>
       </c>
       <c r="Q26" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2838,54 +2838,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>99</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P30" s="4">
         <v>319.24</v>
       </c>
       <c r="Q30" s="4">
-        <v>129.3</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>40.5</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>40</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3021,54 +3021,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>184</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>185</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>186</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>187</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P33" s="4">
         <v>1.2</v>
       </c>
       <c r="Q33" s="4">
-        <v>1.1</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3143,54 +3143,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>193</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>196</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>197</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P35" s="4">
         <v>1.2</v>
       </c>
       <c r="Q35" s="4">
-        <v>0.73</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>60.82</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3204,88 +3204,88 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>199</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>200</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>201</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>202</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>203</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P36" s="4">
         <v>1.2</v>
       </c>
       <c r="Q36" s="4">
-        <v>1.13</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>94.38</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="7" t="s">
         <v>204</v>
       </c>
       <c r="B37" s="7"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="11"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="14"/>
       <c r="I37" s="14"/>
       <c r="J37" s="14"/>
       <c r="K37" s="8"/>
       <c r="L37" s="8"/>
       <c r="M37" s="8"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8">
         <v>1105.72</v>
       </c>
       <c r="P37" s="8">
-        <v>510.89</v>
+        <v>0</v>
       </c>
       <c r="Q37" s="8">
-        <v>46.2</v>
+        <v>0</v>
       </c>
       <c r="R37" s="8"/>
       <c r="S37" s="8"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A37:N37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>