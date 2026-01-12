--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -132,71 +132,50 @@
     <t>SUNANDA ENVIRONMENTAL INTERNATIONAL PVT. LTD.</t>
   </si>
   <si>
     <t>ORD/000549/2022-2023</t>
   </si>
   <si>
     <t>5658/AD</t>
   </si>
   <si>
     <t>SAKTI ENTERPRISE</t>
   </si>
   <si>
     <t>Continuation work order for Annual Maintenance for Mobile Laboratory Van (MLV) under Water Quality Monitoring and Surveillance Programme related to Jal Jeevan Mission in the District of South 24 Parganas under Alipore Division, PHE Dte. (Period from 11.10.2023 to 10.01.2024) [03 months].</t>
   </si>
   <si>
     <t>ORD/001383/2023-2024</t>
   </si>
   <si>
     <t>3341/AD</t>
   </si>
   <si>
     <t>09/10/2023</t>
   </si>
   <si>
     <t>09/01/2024</t>
-  </si>
-[...19 lines deleted...]
-    <t>10/01/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -585,51 +564,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -876,148 +855,87 @@
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>5.37</v>
       </c>
       <c r="Q5" s="4">
         <v>4.33</v>
       </c>
       <c r="R5" s="4">
         <v>80.58</v>
       </c>
       <c r="S5" s="4">
         <v>85</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
-      <c r="A6" s="3">
-[...18 lines deleted...]
-      <c r="H6" s="13" t="s">
+      <c r="A6" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="I6" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="14"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8">
+        <v>33.27</v>
+      </c>
+      <c r="P6" s="8">
+        <v>27.31</v>
+      </c>
+      <c r="Q6" s="8">
+        <v>82.08</v>
+      </c>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
-    <row r="7" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>