--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -725,54 +725,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>26.66</v>
       </c>
       <c r="Q3" s="4">
-        <v>21.74</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>81.54</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>25</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -784,54 +784,54 @@
         <v>25</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="4">
         <v>1.24</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.24</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>95</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -841,88 +841,88 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>5.37</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.33</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>80.58</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>85</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="7" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="11"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="14"/>
       <c r="I6" s="14"/>
       <c r="J6" s="14"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="8">
         <v>33.27</v>
       </c>
       <c r="P6" s="8">
-        <v>27.31</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="8">
-        <v>82.08</v>
+        <v>0</v>
       </c>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>