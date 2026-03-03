--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -1067,54 +1067,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>2.4</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.37</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>57.2</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1130,54 +1130,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>4.71</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.71</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1191,54 +1191,54 @@
         <v>45</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>19.21</v>
       </c>
       <c r="Q6" s="4">
-        <v>13.68</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>71.23</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>40</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1254,54 +1254,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>37.06</v>
       </c>
       <c r="Q7" s="4">
-        <v>9.56</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>25.81</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1380,54 +1380,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P9" s="4">
         <v>0.49</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1628,54 +1628,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P13" s="4">
         <v>7.49</v>
       </c>
       <c r="Q13" s="4">
-        <v>7.48</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1691,54 +1691,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>96</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P14" s="4">
         <v>2.72</v>
       </c>
       <c r="Q14" s="4">
-        <v>2.72</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1872,54 +1872,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P17" s="4">
         <v>371.44</v>
       </c>
       <c r="Q17" s="4">
-        <v>80.02</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>21.54</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>20</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1935,54 +1935,54 @@
       <c r="I18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P18" s="4">
         <v>0.94</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2150,54 +2150,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>598.03</v>
       </c>
       <c r="P22" s="8">
-        <v>120.19</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>20.1</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>