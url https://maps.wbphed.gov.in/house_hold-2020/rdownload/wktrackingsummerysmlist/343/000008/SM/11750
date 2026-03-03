--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -967,54 +967,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.76</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.76</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1089,54 +1089,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>0.49</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1150,54 +1150,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P6" s="4">
         <v>8.76</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.2</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>93.56</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1211,54 +1211,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P7" s="4">
         <v>2.74</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1569,54 +1569,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P13" s="4">
         <v>0.94</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1630,54 +1630,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P14" s="4">
         <v>0.49</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1805,54 +1805,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P17" s="4">
         <v>239.96</v>
       </c>
       <c r="Q17" s="4">
-        <v>93.07</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>38.79</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>60</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1900,54 +1900,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>120</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>441.11</v>
       </c>
       <c r="P19" s="8">
-        <v>108.89</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>24.69</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>