--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -936,54 +936,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>3.77</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.77</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1367,54 +1367,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P10" s="4">
         <v>37.08</v>
       </c>
       <c r="Q10" s="4">
-        <v>37.08</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1430,54 +1430,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P11" s="4">
         <v>9.96</v>
       </c>
       <c r="Q11" s="4">
-        <v>9.21</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>92.48</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>50</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1489,54 +1489,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>81</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P12" s="4">
         <v>2.99</v>
       </c>
       <c r="Q12" s="4">
-        <v>2.99</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1796,88 +1796,88 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P17" s="4">
         <v>311.15</v>
       </c>
       <c r="Q17" s="4">
-        <v>170.55</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>54.81</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>30</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>109</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>537.17</v>
       </c>
       <c r="P18" s="8">
-        <v>223.59</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>41.62</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>