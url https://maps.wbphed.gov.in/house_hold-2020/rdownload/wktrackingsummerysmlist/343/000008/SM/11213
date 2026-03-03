--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1111,54 +1111,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>7.88</v>
       </c>
       <c r="Q3" s="4">
-        <v>7.88</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1170,54 +1170,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>4.58</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.57</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.85</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1414,54 +1414,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
         <v>38.58</v>
       </c>
       <c r="Q8" s="4">
-        <v>31.59</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>81.88</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1475,54 +1475,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P9" s="4">
         <v>0.49</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1768,54 +1768,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P14" s="4">
         <v>21.58</v>
       </c>
       <c r="Q14" s="4">
-        <v>13.6</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>63.01</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>60</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1829,54 +1829,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P15" s="4">
         <v>497.15</v>
       </c>
       <c r="Q15" s="4">
-        <v>68.14</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>13.71</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>20</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1890,54 +1890,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="4">
         <v>31.6</v>
       </c>
       <c r="Q16" s="4">
-        <v>31.28</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>98.98</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>70</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1951,54 +1951,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P17" s="4">
         <v>9.55</v>
       </c>
       <c r="Q17" s="4">
-        <v>9.36</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>98.1</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2012,54 +2012,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P18" s="4">
         <v>27.64</v>
       </c>
       <c r="Q18" s="4">
-        <v>24.29</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>87.89</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2073,54 +2073,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P19" s="4">
         <v>11.18</v>
       </c>
       <c r="Q19" s="4">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>98.36</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2134,54 +2134,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P20" s="4">
         <v>0.95</v>
       </c>
       <c r="Q20" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2366,54 +2366,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P24" s="4">
         <v>104.45</v>
       </c>
       <c r="Q24" s="4">
-        <v>94.6</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>90.58</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>92</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2427,54 +2427,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>145</v>
       </c>
       <c r="P25" s="4">
         <v>99.45</v>
       </c>
       <c r="Q25" s="4">
-        <v>83.34</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>83.8</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>84</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2705,54 +2705,54 @@
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="7" t="s">
         <v>168</v>
       </c>
       <c r="B30" s="7"/>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
       <c r="E30" s="11"/>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="8"/>
       <c r="L30" s="8"/>
       <c r="M30" s="8"/>
       <c r="N30" s="8"/>
       <c r="O30" s="8">
         <v>1156.37</v>
       </c>
       <c r="P30" s="8">
-        <v>380.3</v>
+        <v>0</v>
       </c>
       <c r="Q30" s="8">
-        <v>32.89</v>
+        <v>0</v>
       </c>
       <c r="R30" s="8"/>
       <c r="S30" s="8"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A30:N30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>