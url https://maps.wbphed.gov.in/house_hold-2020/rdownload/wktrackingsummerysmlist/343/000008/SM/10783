--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -973,54 +973,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>0.49</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1262,54 +1262,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>821.1</v>
       </c>
       <c r="Q10" s="4">
-        <v>637.03</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>77.58</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>78</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1475,54 +1475,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>1247.8</v>
       </c>
       <c r="P14" s="8">
-        <v>637.51</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>51.09</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>