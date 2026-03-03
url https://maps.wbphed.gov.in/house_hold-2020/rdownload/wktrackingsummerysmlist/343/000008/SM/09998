--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,540 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
+    <t>Alipore Division</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF KAKDWIP &amp; AKSHOYNAGAR PWSS FOR PROVIDING FUNCTIONAL HOUSEHOLD TAP CONNECTION (FHTC)</t>
+  </si>
+  <si>
+    <t>SM/09998</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>Conducting route survey, design distribution network and preparation &amp; submission of DPR for each of different new water supply scheme / each Augmentation water supply scheme (KAKDWIP &amp; AKSHOYNAGAR PWSS ) including Functional Household Tap Connection (FHTC) for implementation of JJM at Kakdwip Block under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>Junior Engineer 4, Raidghi Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/000497/2022-2023</t>
+  </si>
+  <si>
+    <t>313/AD</t>
+  </si>
+  <si>
+    <t>13/04/2022</t>
+  </si>
+  <si>
+    <t>28/05/2022</t>
+  </si>
+  <si>
+    <t>LEMNISCATE</t>
+  </si>
+  <si>
+    <t>Preparation of design (Pile and Pile Cap) drawing for foundation of different capacity OHR of Kakdwip &amp; Akshaynagar Zone-II PWSS under JJM at Kakdwip Block under Kakdwip Sub-Division of Alipore Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Juniour Engineer_2, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/000050/2023-2024</t>
+  </si>
+  <si>
+    <t>36/KSD</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>28/04/2023</t>
+  </si>
+  <si>
+    <t>GEOTECHNICAL ENGINEERS CONSORTIUM</t>
+  </si>
+  <si>
+    <t>Surging of 02 nos. Big dia Tubewell of Kakdwip Akshaynagar Zone-I W/S Scheme under JJM, Block - Kakdwip under Kakdwip Sub-Division under Alipore Division P.H.Engg. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000234/2023-2024</t>
+  </si>
+  <si>
+    <t>164/KSD</t>
+  </si>
+  <si>
+    <t>02/06/2023</t>
+  </si>
+  <si>
+    <t>22/06/2023</t>
+  </si>
+  <si>
+    <t>S.K.GOLUI</t>
+  </si>
+  <si>
+    <t>Allied works for pile and pile cap portion regarding the construction of 400 cum. capacity 20 mtr. staging height R.C.C. Over Head Reservoir as per departmental design, drawing and specification including R.C.C. Bored pile and pile cap upto pedestal at Kakdwip Akshaynagar (Zone-II), South 24 Parganas, Kakdwip Block under Kakdwip Sub-Division of Alipore Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000273/2023-2024</t>
+  </si>
+  <si>
+    <t>1423/AD</t>
+  </si>
+  <si>
+    <t>13/07/2023</t>
+  </si>
+  <si>
+    <t>27/08/2023</t>
+  </si>
+  <si>
+    <t>M/S. JHARNA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000264/2023-2024</t>
+  </si>
+  <si>
+    <t>3064/AD</t>
+  </si>
+  <si>
+    <t>28/09/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000467/2023-2024</t>
+  </si>
+  <si>
+    <t>4727/AD</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>Laying distribution system, Functional Household Tap Connection (FHTC) to all households for Augmentation of Kakdwip &amp; Akshaynagar Water Supply Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (Zone-II) (Part-C) [No. of FHTC = 1220]</t>
+  </si>
+  <si>
+    <t>ORD/000768/2022-2023</t>
+  </si>
+  <si>
+    <t>6498/AD</t>
+  </si>
+  <si>
+    <t>11/11/2022</t>
+  </si>
+  <si>
+    <t>09/02/2023</t>
+  </si>
+  <si>
+    <t>A.K. SIKDAR</t>
+  </si>
+  <si>
+    <t>Construction of 400 cum. Over Head Reservoir (OHR), (20 mtr. Staging Height) along with Laying distribution system, Rising Main, Functional Household Tap Connection (FHTC) to all households including design &amp; drawing of pile foundation &amp; pile cap after soil investagation including O &amp; M of distribution system, rising main, FHTC for 1 year after completion of FHTC works for Augmentation of Kakdwip &amp; Akshaynagar Water Supply Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (Zone-II) (Part-A)</t>
+  </si>
+  <si>
+    <t>ORD/000503/2022-2023</t>
+  </si>
+  <si>
+    <t>4930/AD</t>
+  </si>
+  <si>
+    <t>15/09/2022</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>Construction of Household Tap Platform at different household, fitting fixing supplying specials, etc. for Augmentation of Kakdwip Akshaynagar (Zone- I &amp; II) W/S Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E.D. (Zone-II) (Part-A) (SM/09998)</t>
+  </si>
+  <si>
+    <t>ORD/000303/2024-2025</t>
+  </si>
+  <si>
+    <t>2710/AD</t>
+  </si>
+  <si>
+    <t>24/06/2024</t>
+  </si>
+  <si>
+    <t>23/08/2024</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (One) No. Diesel Car / Luxury Taxi for supervision of different works Under JJM at Kakdwip, Namkhana, Sagar and Pathar Pratima Block under Kakdwip Sub-Division of Alipore Division, PHE Dte. for the period from 01.03.2024 to 31.05.2024.</t>
+  </si>
+  <si>
+    <t>Juniour Engineer_3, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/002843/2023-2024</t>
+  </si>
+  <si>
+    <t>409/KSD</t>
+  </si>
+  <si>
+    <t>27/02/2024</t>
+  </si>
+  <si>
+    <t>29/05/2024</t>
+  </si>
+  <si>
+    <t>ANANTA KUMAR GIRI</t>
+  </si>
+  <si>
+    <t>Sinking of 01 no. 100mm x 50mm dia. having 4 nos. Strainer upto 360 mtr (Average) depth fitted with India Mark-II DWP Hand Pump Tubewell with supplying PVC Pipe for providing FHTC at Augmentation of Kakdwip Akshaynagar Zone-II W/S Scheme for implementation of JJM under Kakdwip Sub - Division of Alipore Division, P.H.E.D.</t>
+  </si>
+  <si>
+    <t>ORD/002566/2023-2024</t>
+  </si>
+  <si>
+    <t>511/KSD</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>25/03/2024</t>
+  </si>
+  <si>
+    <t>M/S. R.M. CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (One) No. Diesel Car / Luxury Taxi for supervision of different works Under JJM at Kakdwip, Namkhana, Sagar and Pathar Pratima Block under Kakdwip Sub-Division of Alipore Division, PHE Dte. for the period from 01.06.2024 to 31.08.2024.</t>
+  </si>
+  <si>
+    <t>Juniour Engineer_3, Kakdwip Sub Division,Juniour Engineer_5, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/000665/2024-2025</t>
+  </si>
+  <si>
+    <t>981/KSD</t>
+  </si>
+  <si>
+    <t>27/05/2024</t>
+  </si>
+  <si>
+    <t>27/08/2024</t>
+  </si>
+  <si>
+    <t>Hiring of 1 (One) No. Diesel Car / Luxury Taxi for supervision of different works Under JJM at Kakdwip, Namkhana, Sagar and Pathar Pratima Block under Kakdwip Sub-Division of Alipore Division, PHE Dte. for the period from 01.09.2023 to 29.02.2024.</t>
+  </si>
+  <si>
+    <t>ORD/002841/2023-2024</t>
+  </si>
+  <si>
+    <t>380/KSD</t>
+  </si>
+  <si>
+    <t>17/08/2023</t>
+  </si>
+  <si>
+    <t>17/02/2024</t>
+  </si>
+  <si>
+    <t>Making and fixing of permanent display board at headwork site of Mrinalnagar, Koaberia, Hesamabad, Kakdwip, Kakdwip &amp; Akshaynagar Zone - I &amp; II PWSS under JJM at Kakdwip Block under Kakdwip Sub-Division of Alipore Division P.H.E.D.</t>
+  </si>
+  <si>
+    <t>ORD/002144/2023-2024</t>
+  </si>
+  <si>
+    <t>944/KSD</t>
+  </si>
+  <si>
+    <t>19/12/2023</t>
+  </si>
+  <si>
+    <t>24/12/2023</t>
+  </si>
+  <si>
+    <t>M/S B. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>RTOR000836/2023-2024</t>
+  </si>
+  <si>
+    <t>681/AD</t>
+  </si>
+  <si>
+    <t>30/01/2024</t>
+  </si>
+  <si>
+    <t>Laying distribution system, Functional Household Tap Connection (FHTC) to all households for Augmentation of Kakdwip Akshaynagar Water Supply Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub -Division of Alipore Division, P.H.E. Dte. (Zone - I) (Part-B) [ No. of FHTC = 800]</t>
+  </si>
+  <si>
+    <t>ORD/001110/2022-2023</t>
+  </si>
+  <si>
+    <t>8486/AD</t>
+  </si>
+  <si>
+    <t>16/12/2022</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>M/S KALPANA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Laying distribution system for providing FHTC and Construction of Platform to all households for Augmentation of Kakdwip Akshaynagar Zone-II W/S Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (SM/09998)</t>
+  </si>
+  <si>
+    <t>ORD/000200/2024-2025</t>
+  </si>
+  <si>
+    <t>2583/AD</t>
+  </si>
+  <si>
+    <t>19/06/2024</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>SWASTIK ENTERPRISE (NEW)</t>
+  </si>
+  <si>
+    <t>Repairing of Pump House with construction of approach road at 1st Tubewell site of Zone-I of Kakdwip Akshaynagar W/S Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (SM/09998)</t>
+  </si>
+  <si>
+    <t>ORD/002204/2024-2025</t>
+  </si>
+  <si>
+    <t>2106/KSD</t>
+  </si>
+  <si>
+    <t>30/12/2024</t>
+  </si>
+  <si>
+    <t>14/01/2025</t>
+  </si>
+  <si>
+    <t>IMAGINEER VENTURES</t>
+  </si>
+  <si>
+    <t>Repairing of Pump House with construction of approach road at 2nd Tubewell site of Zone-I of Kakdwip Akshaynagar W/S Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (SM/09998)</t>
+  </si>
+  <si>
+    <t>ORD/002211/2024-2025</t>
+  </si>
+  <si>
+    <t>2107/KSD</t>
+  </si>
+  <si>
+    <t>Repairing of Pump House and boundary wall with construction of approach road at 4th Tubewell site of Zone-I of Kakdwip Akshaynagar W/S Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (SM/09998)</t>
+  </si>
+  <si>
+    <t>ORD/002212/2024-2025</t>
+  </si>
+  <si>
+    <t>2108/KSD</t>
+  </si>
+  <si>
+    <t>Repairing of Pump House and boundary wall with construction of approach road at 1st Tubewell site of Zone-II of Kakdwip Akshaynagar W/S Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (SM/09998)</t>
+  </si>
+  <si>
+    <t>ORD/002213/2024-2025</t>
+  </si>
+  <si>
+    <t>2109/KSD</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (One) No. Diesel Car / Luxury Taxi for supervision of different works Under JJM at Kakdwip, Namkhana, Sagar and Pathar Pratima Block under Kakdwip Sub-Division of Alipore Division, PHE Dte. for the period from 01.09.2024 to 30.11.2024.</t>
+  </si>
+  <si>
+    <t>ORD/000666/2024-2025</t>
+  </si>
+  <si>
+    <t>1254/KSD</t>
+  </si>
+  <si>
+    <t>28/08/2024</t>
+  </si>
+  <si>
+    <t>27/11/2024</t>
+  </si>
+  <si>
+    <t>Repairing of Pump House and boundary wall at 2nd Tubewell site of Zone-II of Kakdwip Akshaynagar W/S Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (SM/09998)</t>
+  </si>
+  <si>
+    <t>ORD/002214/2024-2025</t>
+  </si>
+  <si>
+    <t>258/KSD</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
+  </si>
+  <si>
+    <t>15/02/2025</t>
+  </si>
+  <si>
+    <t>M/S S.M. CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (One) No. Diesel Car / Luxury Taxi for supervision of different works Under JJM at Kakdwip, Namkhana, Sagar and Pathar Pratima Block under Kakdwip Sub-Division of Alipore Division, PHE Dte. for the period from 01.03.2025 to 31.05.2025.</t>
+  </si>
+  <si>
+    <t>ORD/003034/2024-2025</t>
+  </si>
+  <si>
+    <t>349/KSD</t>
+  </si>
+  <si>
+    <t>27/02/2025</t>
+  </si>
+  <si>
+    <t>30/05/2025</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (one) No. Diesel Car / Luxury Taxi for supervision of different works under JJM at Sagar Block under Kakdwip Sub Division of Alipore Division, P.H.E. Dte. for the period from 01.12.2024 to 28.02.2025.</t>
+  </si>
+  <si>
+    <t>Juniour Engineer_1, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/002891/2024-2025</t>
+  </si>
+  <si>
+    <t>1665/KSD</t>
+  </si>
+  <si>
+    <t>25/02/2025</t>
+  </si>
+  <si>
+    <t>NAMITA PRADHAN</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (One) No. Diesel Car / Luxury Taxi for supervision of different works Under JJM at Kakdwip, Namkhana, Sagar and Pathar Pratima Block under Kakdwip Sub-Division of Alipore Division, PHE Dte. for the period from 01.12.2024 to 28.02.2025.</t>
+  </si>
+  <si>
+    <t>Juniour Engineer_5, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/002846/2024-2025</t>
+  </si>
+  <si>
+    <t>1655/KSD</t>
+  </si>
+  <si>
+    <t>26/11/2024</t>
+  </si>
+  <si>
+    <t>24/02/2025</t>
+  </si>
+  <si>
+    <t>Construction of 400 cum. capacity 20 mtr. staging height R.C.C. Over Head Reservoir as per departmental design, drawing &amp; specification including R.C.C. Bored pile &amp; pile cap upto pedestal after dismantling of dilapidated R.C.C. Elevated Reservoir of Capcaity 700 CuM at Kakdwip Akshaynagar Zone I, South 24 Parganas, Kakdwip Block under Kakdwip Sub-Division of Alipore Division P.H.E. Dte. (SM/09998)</t>
+  </si>
+  <si>
+    <t>ORD/000495/2025-2026</t>
+  </si>
+  <si>
+    <t>4426/AD</t>
+  </si>
+  <si>
+    <t>09/09/2025</t>
+  </si>
+  <si>
+    <t>14/10/2026</t>
+  </si>
+  <si>
+    <t>SARADA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (One) No. Diesel Car / Luxury Taxi for supervision of different works Under JJM at Sagar Block under Kakdwip Sub-Division of Alipore Division, PHE Dte. for the period from 01.03.2025 to 31.05.0225.</t>
+  </si>
+  <si>
+    <t>ORD/000778/2025-2026</t>
+  </si>
+  <si>
+    <t>968/KSD</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>ORD/003682/2024-2025</t>
+  </si>
+  <si>
+    <t>353/KSD</t>
+  </si>
+  <si>
+    <t>Laying distribution system, Functional Household Tap Connection (FHTC) to all households for Augmentation of Kakdwip &amp; Akshaynagar Water Supply Scheme, Block - Kakdwip for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (Zone-II) (Part-B) [No. of FHTC = 1100]</t>
+  </si>
+  <si>
+    <t>ORD/000628/2022-2023</t>
+  </si>
+  <si>
+    <t>5980/AD</t>
+  </si>
+  <si>
+    <t>20/10/2022</t>
+  </si>
+  <si>
+    <t>16/01/2025</t>
+  </si>
+  <si>
+    <t>M/S B.N.ENTERPRISE</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +640,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +993,2019 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" s="4">
+        <v>12.61</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>0</v>
+      </c>
+      <c r="R3" s="4">
+        <v>0</v>
+      </c>
+      <c r="S3" s="4">
+        <v>0</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" s="4">
+        <v>0.49</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" s="4">
+        <v>2.84</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>95</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" s="4">
+        <v>41.66</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>0</v>
+      </c>
+      <c r="R6" s="4">
+        <v>0</v>
+      </c>
+      <c r="S6" s="4">
+        <v>100</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" s="4">
+        <v>0.6</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>0</v>
+      </c>
+      <c r="R7" s="4">
+        <v>0</v>
+      </c>
+      <c r="S7" s="4">
+        <v>0</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="P8" s="4">
+        <v>95.8</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0</v>
+      </c>
+      <c r="R8" s="4">
+        <v>0</v>
+      </c>
+      <c r="S8" s="4">
+        <v>0</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" s="4">
+        <v>109.54</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>0</v>
+      </c>
+      <c r="S9" s="4">
+        <v>80</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P10" s="4">
+        <v>280.09</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>0</v>
+      </c>
+      <c r="R10" s="4">
+        <v>0</v>
+      </c>
+      <c r="S10" s="4">
+        <v>90</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P11" s="4">
+        <v>144.99</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>0</v>
+      </c>
+      <c r="R11" s="4">
+        <v>0</v>
+      </c>
+      <c r="S11" s="4">
+        <v>0</v>
+      </c>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>0</v>
+      </c>
+      <c r="R12" s="4">
+        <v>0</v>
+      </c>
+      <c r="S12" s="4">
+        <v>0</v>
+      </c>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" s="4">
+        <v>2.81</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>0</v>
+      </c>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="I14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="P14" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>0</v>
+      </c>
+      <c r="R14" s="4">
+        <v>0</v>
+      </c>
+      <c r="S14" s="4">
+        <v>0</v>
+      </c>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H15" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="N15" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="O15" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="P15" s="4">
+        <v>2.4</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>0</v>
+      </c>
+      <c r="R15" s="4">
+        <v>0</v>
+      </c>
+      <c r="S15" s="4">
+        <v>0</v>
+      </c>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
+    <row r="16" spans="1:23">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H16" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="I16" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="N16" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="O16" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="P16" s="4">
+        <v>0.94</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>0</v>
+      </c>
+      <c r="R16" s="4">
+        <v>0</v>
+      </c>
+      <c r="S16" s="4">
+        <v>100</v>
+      </c>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+    </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="3">
+        <v>15</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H17" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="I17" s="13"/>
+      <c r="J17" s="13"/>
+      <c r="K17" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="L17" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="M17" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="N17" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="O17" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="P17" s="4">
+        <v>58.18</v>
+      </c>
+      <c r="Q17" s="4">
+        <v>0</v>
+      </c>
+      <c r="R17" s="4">
+        <v>0</v>
+      </c>
+      <c r="S17" s="4">
+        <v>0</v>
+      </c>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
+    <row r="18" spans="1:23">
+      <c r="A18" s="3">
+        <v>16</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H18" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="I18" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J18" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="L18" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="M18" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="N18" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="O18" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="P18" s="4">
+        <v>109.65</v>
+      </c>
+      <c r="Q18" s="4">
+        <v>0</v>
+      </c>
+      <c r="R18" s="4">
+        <v>0</v>
+      </c>
+      <c r="S18" s="4">
+        <v>90</v>
+      </c>
+      <c r="T18" s="1"/>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1"/>
+      <c r="W18" s="1"/>
+    </row>
+    <row r="19" spans="1:23">
+      <c r="A19" s="3">
+        <v>17</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H19" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="I19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J19" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="L19" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="M19" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="N19" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="O19" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="P19" s="4">
+        <v>10.04</v>
+      </c>
+      <c r="Q19" s="4">
+        <v>0</v>
+      </c>
+      <c r="R19" s="4">
+        <v>0</v>
+      </c>
+      <c r="S19" s="4">
+        <v>100</v>
+      </c>
+      <c r="T19" s="1"/>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="1"/>
+    </row>
+    <row r="20" spans="1:23">
+      <c r="A20" s="3">
+        <v>18</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H20" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="I20" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J20" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="L20" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="M20" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="N20" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="O20" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="P20" s="4">
+        <v>3.2</v>
+      </c>
+      <c r="Q20" s="4">
+        <v>0</v>
+      </c>
+      <c r="R20" s="4">
+        <v>0</v>
+      </c>
+      <c r="S20" s="4">
+        <v>0</v>
+      </c>
+      <c r="T20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="1"/>
+    </row>
+    <row r="21" spans="1:23">
+      <c r="A21" s="3">
+        <v>19</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H21" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="I21" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J21" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="L21" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="N21" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="O21" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="P21" s="4">
+        <v>3.16</v>
+      </c>
+      <c r="Q21" s="4">
+        <v>0</v>
+      </c>
+      <c r="R21" s="4">
+        <v>0</v>
+      </c>
+      <c r="S21" s="4">
+        <v>0</v>
+      </c>
+      <c r="T21" s="1"/>
+      <c r="U21" s="1"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="1"/>
+    </row>
+    <row r="22" spans="1:23">
+      <c r="A22" s="3">
+        <v>20</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C22" s="3"/>
+      <c r="D22" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H22" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="I22" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J22" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="M22" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="N22" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="O22" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="P22" s="4">
+        <v>3.09</v>
+      </c>
+      <c r="Q22" s="4">
+        <v>0</v>
+      </c>
+      <c r="R22" s="4">
+        <v>0</v>
+      </c>
+      <c r="S22" s="4">
+        <v>0</v>
+      </c>
+      <c r="T22" s="1"/>
+      <c r="U22" s="1"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="1"/>
+    </row>
+    <row r="23" spans="1:23">
+      <c r="A23" s="3">
+        <v>21</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E23" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H23" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="I23" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J23" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="L23" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="M23" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="N23" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="O23" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="P23" s="4">
+        <v>3.18</v>
+      </c>
+      <c r="Q23" s="4">
+        <v>0</v>
+      </c>
+      <c r="R23" s="4">
+        <v>0</v>
+      </c>
+      <c r="S23" s="4">
+        <v>0</v>
+      </c>
+      <c r="T23" s="1"/>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="1"/>
+    </row>
+    <row r="24" spans="1:23">
+      <c r="A24" s="3">
+        <v>22</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="3"/>
+      <c r="D24" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H24" s="13" t="s">
+        <v>136</v>
+      </c>
+      <c r="I24" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J24" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="K24" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="L24" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="M24" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="N24" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="O24" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="P24" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="Q24" s="4">
+        <v>0</v>
+      </c>
+      <c r="R24" s="4">
+        <v>0</v>
+      </c>
+      <c r="S24" s="4">
+        <v>0</v>
+      </c>
+      <c r="T24" s="1"/>
+      <c r="U24" s="1"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="1"/>
+    </row>
+    <row r="25" spans="1:23">
+      <c r="A25" s="3">
+        <v>23</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H25" s="13" t="s">
+        <v>141</v>
+      </c>
+      <c r="I25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J25" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="M25" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="N25" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="O25" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="P25" s="4">
+        <v>2.98</v>
+      </c>
+      <c r="Q25" s="4">
+        <v>0</v>
+      </c>
+      <c r="R25" s="4">
+        <v>0</v>
+      </c>
+      <c r="S25" s="4">
+        <v>100</v>
+      </c>
+      <c r="T25" s="1"/>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1"/>
+      <c r="W25" s="1"/>
+    </row>
+    <row r="26" spans="1:23">
+      <c r="A26" s="3">
+        <v>24</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H26" s="13" t="s">
+        <v>147</v>
+      </c>
+      <c r="I26" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J26" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="K26" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="L26" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="M26" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="N26" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="O26" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="P26" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="Q26" s="4">
+        <v>0</v>
+      </c>
+      <c r="R26" s="4">
+        <v>0</v>
+      </c>
+      <c r="S26" s="4">
+        <v>0</v>
+      </c>
+      <c r="T26" s="1"/>
+      <c r="U26" s="1"/>
+      <c r="V26" s="1"/>
+      <c r="W26" s="1"/>
+    </row>
+    <row r="27" spans="1:23">
+      <c r="A27" s="3">
+        <v>25</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H27" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="I27" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J27" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="K27" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="L27" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="M27" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="N27" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="O27" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="P27" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="Q27" s="4">
+        <v>0</v>
+      </c>
+      <c r="R27" s="4">
+        <v>0</v>
+      </c>
+      <c r="S27" s="4">
+        <v>0</v>
+      </c>
+      <c r="T27" s="1"/>
+      <c r="U27" s="1"/>
+      <c r="V27" s="1"/>
+      <c r="W27" s="1"/>
+    </row>
+    <row r="28" spans="1:23">
+      <c r="A28" s="3">
+        <v>26</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C28" s="3"/>
+      <c r="D28" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H28" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="I28" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J28" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="K28" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="L28" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="M28" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="N28" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="O28" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="P28" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="Q28" s="4">
+        <v>0</v>
+      </c>
+      <c r="R28" s="4">
+        <v>0</v>
+      </c>
+      <c r="S28" s="4">
+        <v>0</v>
+      </c>
+      <c r="T28" s="1"/>
+      <c r="U28" s="1"/>
+      <c r="V28" s="1"/>
+      <c r="W28" s="1"/>
+    </row>
+    <row r="29" spans="1:23">
+      <c r="A29" s="3">
+        <v>27</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" s="3"/>
+      <c r="D29" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E29" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H29" s="13" t="s">
+        <v>164</v>
+      </c>
+      <c r="I29" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J29" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="L29" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="M29" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="N29" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="O29" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="P29" s="4">
+        <v>148.07</v>
+      </c>
+      <c r="Q29" s="4">
+        <v>0</v>
+      </c>
+      <c r="R29" s="4">
+        <v>0</v>
+      </c>
+      <c r="S29" s="4">
+        <v>0</v>
+      </c>
+      <c r="T29" s="1"/>
+      <c r="U29" s="1"/>
+      <c r="V29" s="1"/>
+      <c r="W29" s="1"/>
+    </row>
+    <row r="30" spans="1:23">
+      <c r="A30" s="3">
+        <v>28</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C30" s="3"/>
+      <c r="D30" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E30" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H30" s="13" t="s">
+        <v>170</v>
+      </c>
+      <c r="I30" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J30" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="K30" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="L30" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="M30" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="N30" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="O30" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="P30" s="4">
+        <v>1.21</v>
+      </c>
+      <c r="Q30" s="4">
+        <v>0</v>
+      </c>
+      <c r="R30" s="4">
+        <v>0</v>
+      </c>
+      <c r="S30" s="4">
+        <v>0</v>
+      </c>
+      <c r="T30" s="1"/>
+      <c r="U30" s="1"/>
+      <c r="V30" s="1"/>
+      <c r="W30" s="1"/>
+    </row>
+    <row r="31" spans="1:23">
+      <c r="A31" s="3">
+        <v>29</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C31" s="3"/>
+      <c r="D31" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H31" s="13" t="s">
+        <v>170</v>
+      </c>
+      <c r="I31" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J31" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="K31" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="L31" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="M31" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="N31" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="O31" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="P31" s="4">
+        <v>1.21</v>
+      </c>
+      <c r="Q31" s="4">
+        <v>0</v>
+      </c>
+      <c r="R31" s="4">
+        <v>0</v>
+      </c>
+      <c r="S31" s="4">
+        <v>0</v>
+      </c>
+      <c r="T31" s="1"/>
+      <c r="U31" s="1"/>
+      <c r="V31" s="1"/>
+      <c r="W31" s="1"/>
+    </row>
+    <row r="32" spans="1:23">
+      <c r="A32" s="3">
+        <v>30</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C32" s="3"/>
+      <c r="D32" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H32" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="I32" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J32" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K32" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="L32" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="M32" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="N32" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="O32" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="P32" s="4">
+        <v>134.44</v>
+      </c>
+      <c r="Q32" s="4">
+        <v>0</v>
+      </c>
+      <c r="R32" s="4">
+        <v>0</v>
+      </c>
+      <c r="S32" s="4">
+        <v>100</v>
+      </c>
+      <c r="T32" s="1"/>
+      <c r="U32" s="1"/>
+      <c r="V32" s="1"/>
+      <c r="W32" s="1"/>
+    </row>
+    <row r="33" spans="1:23">
+      <c r="A33" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="B33" s="7"/>
+      <c r="C33" s="7"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="11"/>
+      <c r="F33" s="7"/>
+      <c r="G33" s="7"/>
+      <c r="H33" s="14"/>
+      <c r="I33" s="14"/>
+      <c r="J33" s="14"/>
+      <c r="K33" s="8"/>
+      <c r="L33" s="8"/>
+      <c r="M33" s="8"/>
+      <c r="N33" s="8"/>
+      <c r="O33" s="8">
+        <v>1180.35</v>
+      </c>
+      <c r="P33" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="8">
+        <v>0</v>
+      </c>
+      <c r="R33" s="8"/>
+      <c r="S33" s="8"/>
+      <c r="T33" s="1"/>
+      <c r="U33" s="1"/>
+      <c r="V33" s="1"/>
+      <c r="W33" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A33:N33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>