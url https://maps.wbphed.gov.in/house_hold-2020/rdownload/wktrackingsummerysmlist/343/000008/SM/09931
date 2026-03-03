--- v0 (2025-12-17)
+++ v1 (2026-03-03)
@@ -1167,54 +1167,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P8" s="4">
         <v>2.54</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.54</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1350,54 +1350,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P11" s="4">
         <v>97.22</v>
       </c>
       <c r="Q11" s="4">
-        <v>92.64</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>95.29</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1523,54 +1523,54 @@
         <v>74</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P14" s="4">
         <v>278.33</v>
       </c>
       <c r="Q14" s="4">
-        <v>159.09</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>57.16</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>72</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1584,88 +1584,88 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P15" s="4">
         <v>267.47</v>
       </c>
       <c r="Q15" s="4">
-        <v>122.06</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>45.64</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>71</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>946.5</v>
       </c>
       <c r="P16" s="8">
-        <v>376.33</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>39.76</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>