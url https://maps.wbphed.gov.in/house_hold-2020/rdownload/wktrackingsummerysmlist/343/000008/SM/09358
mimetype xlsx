--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,210 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
+    <t>Alipore Division</t>
+  </si>
+  <si>
+    <t>Retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households for 10 (Ten) nos. habitation in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Bishnupur Water Supply Scheme including one yea</t>
+  </si>
+  <si>
+    <t>SM/09358</t>
+  </si>
+  <si>
+    <t>Retrofitting</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) to all the households at Bishnupur Water Supply scheme, Block - Sagar, South 24 Parganas District under Kakdwip Sub - Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>Juniour Engineer_5, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/000002/2022-2023</t>
+  </si>
+  <si>
+    <t>28/AD</t>
+  </si>
+  <si>
+    <t>04/04/2022</t>
+  </si>
+  <si>
+    <t>19/05/2022</t>
+  </si>
+  <si>
+    <t>M. MUKHERJEE</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000382/2023-2024</t>
+  </si>
+  <si>
+    <t>3568/AD</t>
+  </si>
+  <si>
+    <t>18/10/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>Hiring of Motor Launch for Kakdwip Sub Division under Alipore Division, P.H.E. Dte. in connection with execution and maintenance of different piped water supply schemes at different Island in the district of South 24 Parganas (Period from 01.12.2021 to 30.11.2022)</t>
+  </si>
+  <si>
+    <t>BILL/01170/2022-2023</t>
+  </si>
+  <si>
+    <t>BP-2023-24-31</t>
+  </si>
+  <si>
+    <t>28/04/2023</t>
+  </si>
+  <si>
+    <t>RAJKUMAR MANNA</t>
+  </si>
+  <si>
+    <t>BILL/01169/2022-2023</t>
+  </si>
+  <si>
+    <t>BP-2023-24-18</t>
+  </si>
+  <si>
+    <t>18/04/2023</t>
+  </si>
+  <si>
+    <t>Surging of 3 nos. Tubewell for Augmentation of Bishnupur- 1 no., Mahishamari- 1 no., Kamalpur Rudranagar- 1 no. W/S Scheme under JJM, Block - Sagar under Kakdwip Sub-Division under Alipore Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Juniour Engineer_2, Kakdwip Sub Division,Juniour Engineer_5, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/000506/2024-2025</t>
+  </si>
+  <si>
+    <t>3607/AD</t>
+  </si>
+  <si>
+    <t>06/09/2024</t>
+  </si>
+  <si>
+    <t>06/10/2024</t>
+  </si>
+  <si>
+    <t>COPE ENTERPRISE</t>
+  </si>
+  <si>
+    <t>RTOR000694/2023-2024</t>
+  </si>
+  <si>
+    <t>464/AD</t>
+  </si>
+  <si>
+    <t>24/01/2024</t>
+  </si>
+  <si>
+    <t>Hiring of Motor Launch for Kakdwip Sub Division of Alipore Division, PHE Dte. (01.06.2022 to 31.08.2022)</t>
+  </si>
+  <si>
+    <t>BILL/03520/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-1074</t>
+  </si>
+  <si>
+    <t>24/02/2024</t>
+  </si>
+  <si>
+    <t>Repairing of 1 no. Pump House, Land Development, Boundary Wall Repair and Painting and Approach Road at 1st Tubewell site for Bishnupur (Zone-I) Water Supply Scheme, Block - Sagar for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (SM/13117) (SM/09358) (SM/08800)</t>
+  </si>
+  <si>
+    <t>Juniour Engineer_3, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/000338/2025-2026</t>
+  </si>
+  <si>
+    <t>3044/AD</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>14/08/2025</t>
+  </si>
+  <si>
+    <t>PALASH HALDAR</t>
+  </si>
+  <si>
+    <t>Repairing of 1 no. Pump House, Land Development, Boundary Wall Painting and Repair and Approach Road at 2nd Tubewell site for Bishnupur (Zone-I) Water Supply Scheme, Block - Sagar for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (SM/13117) (SM/09358) (SM/08800)</t>
+  </si>
+  <si>
+    <t>ORD/000449/2025-2026</t>
+  </si>
+  <si>
+    <t>3567/AD</t>
+  </si>
+  <si>
+    <t>25/07/2025</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>SWAPAN GUCHHAIT</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +310,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +663,732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" s="4">
+        <v>114.37</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>111.56</v>
+      </c>
+      <c r="R3" s="4">
+        <v>97.54</v>
+      </c>
+      <c r="S3" s="4">
+        <v>98</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" s="4">
+        <v>10.38</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P5" s="4">
+        <v>6.06</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P6" s="4">
+        <v>6.51</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>0</v>
+      </c>
+      <c r="R6" s="4">
+        <v>0</v>
+      </c>
+      <c r="S6" s="4">
+        <v>0</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P7" s="4">
+        <v>5.34</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>1.78</v>
+      </c>
+      <c r="R7" s="4">
+        <v>33.33</v>
+      </c>
+      <c r="S7" s="4">
+        <v>100</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P8" s="4">
+        <v>10.19</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0</v>
+      </c>
+      <c r="R8" s="4">
+        <v>0</v>
+      </c>
+      <c r="S8" s="4">
+        <v>0</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P9" s="4">
+        <v>6.51</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>0</v>
+      </c>
+      <c r="S9" s="4">
+        <v>0</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="P10" s="4">
+        <v>5.71</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>0</v>
+      </c>
+      <c r="R10" s="4">
+        <v>0</v>
+      </c>
+      <c r="S10" s="4">
+        <v>0</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="P11" s="4">
+        <v>3.89</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>0</v>
+      </c>
+      <c r="R11" s="4">
+        <v>0</v>
+      </c>
+      <c r="S11" s="4">
+        <v>0</v>
+      </c>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B12" s="7"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="7"/>
+      <c r="H12" s="14"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="8"/>
+      <c r="L12" s="8"/>
+      <c r="M12" s="8"/>
+      <c r="N12" s="8"/>
+      <c r="O12" s="8">
+        <v>168.98</v>
+      </c>
+      <c r="P12" s="8">
+        <v>113.34</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>67.08</v>
+      </c>
+      <c r="R12" s="8"/>
+      <c r="S12" s="8"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>