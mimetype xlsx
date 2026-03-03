--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -826,54 +826,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>114.37</v>
       </c>
       <c r="Q3" s="4">
-        <v>111.56</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>97.54</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>98</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1058,54 +1058,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>5.34</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.78</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>33.33</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1328,54 +1328,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>168.98</v>
       </c>
       <c r="P12" s="8">
-        <v>113.34</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>67.08</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>