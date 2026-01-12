--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,90 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
+    <t>Alipore Division</t>
+  </si>
+  <si>
+    <t>Retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households for 06 (six) nos. habitation in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Mallik Kati Water Supply Scheme including one y</t>
+  </si>
+  <si>
+    <t>SM/09097</t>
+  </si>
+  <si>
+    <t>Retrofitting</t>
+  </si>
+  <si>
+    <t>Retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households for 06 (six) nos. habitation in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Mallik Kati Water Supply Scheme including one year Operation &amp; Maintenance of scheme, Block - Canning-II, South 24 Pgs. District under Canning Sub-Division of Alipore Division, P.H.E.Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Canning sub division</t>
+  </si>
+  <si>
+    <t>Junior Engineer, 4 CSD</t>
+  </si>
+  <si>
+    <t>ORD/001465/2021-2022</t>
+  </si>
+  <si>
+    <t>6259/AD</t>
+  </si>
+  <si>
+    <t>24/02/2022</t>
+  </si>
+  <si>
+    <t>20/04/2023</t>
+  </si>
+  <si>
+    <t>SAJAL KUMAR DAS</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +190,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +543,264 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" s="4">
+        <v>105.31</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>104.98</v>
+      </c>
+      <c r="R3" s="4">
+        <v>99.68</v>
+      </c>
+      <c r="S3" s="4">
+        <v>95</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="7"/>
+      <c r="E4" s="11"/>
+      <c r="F4" s="7"/>
+      <c r="G4" s="7"/>
+      <c r="H4" s="14"/>
+      <c r="I4" s="14"/>
+      <c r="J4" s="14"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8">
+        <v>105.31</v>
+      </c>
+      <c r="P4" s="8">
+        <v>104.98</v>
+      </c>
+      <c r="Q4" s="8">
+        <v>99.68</v>
+      </c>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A4:N4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>