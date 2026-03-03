--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -706,88 +706,88 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>105.31</v>
       </c>
       <c r="Q3" s="4">
-        <v>104.98</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.68</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>95</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="11"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="14"/>
       <c r="I4" s="14"/>
       <c r="J4" s="14"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8">
         <v>105.31</v>
       </c>
       <c r="P4" s="8">
-        <v>104.98</v>
+        <v>0</v>
       </c>
       <c r="Q4" s="8">
-        <v>99.68</v>
+        <v>0</v>
       </c>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A4:N4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>