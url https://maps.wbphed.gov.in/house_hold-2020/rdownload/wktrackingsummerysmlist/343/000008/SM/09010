--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,246 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
+    <t>Central Drilling</t>
+  </si>
+  <si>
+    <t>Retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households for 09 (nine) nos. habitation in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Chunakhali Water Supply Scheme (Zone-I) includi</t>
+  </si>
+  <si>
+    <t>SM/09010</t>
+  </si>
+  <si>
+    <t>Retrofitting</t>
+  </si>
+  <si>
+    <t>HIRING OF DIESEL DRIVEN MOTOR CAB (BS-III &amp; ABOVE) (NON AC) HAVING CONTRACT CARRIAGE PERMIT ALONG WITH FOR THE OFFICE OF THE CALCUTTA MECHANICAL SUB DIVISION-I, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000217/2021-2022</t>
+  </si>
+  <si>
+    <t>67/CMSD-I (D)</t>
+  </si>
+  <si>
+    <t>22/03/2022</t>
+  </si>
+  <si>
+    <t>29/03/2022</t>
+  </si>
+  <si>
+    <t>SUJATA BHOWMICK</t>
+  </si>
+  <si>
+    <t>ADDITIONAL TRANSPORTATION OF GRAVELS, SEALING AND OTHERS AT SITE FOR CONSTRUCTION OF TUBE WELL IN CHUNAKHALI W/S SCHEME (REPLACEMENT TW-III, Z-II), BASANTI BLOCK UNDER SOUTH 24 PGS DISTRICT, CDD, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000222/2022-2023</t>
+  </si>
+  <si>
+    <t>309/CMSD-I</t>
+  </si>
+  <si>
+    <t>08/07/2022</t>
+  </si>
+  <si>
+    <t>11/07/2022</t>
+  </si>
+  <si>
+    <t>PADMA ENGINEERING &amp; CO.</t>
+  </si>
+  <si>
+    <t>Alipore Division</t>
+  </si>
+  <si>
+    <t>Relaying and repairing of pipe line for FHTC work at node point no. 124-122-121-120-33-34-36-89-88-87-85-38-40-50-51-52-55-56 of Chunakhali Water Supply Scheme (Zone-I), Block - Basanti under Canning Sub-Division of Alipore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Canning sub division</t>
+  </si>
+  <si>
+    <t>ORD/000031/2022-2023</t>
+  </si>
+  <si>
+    <t>517/AD</t>
+  </si>
+  <si>
+    <t>26/04/2022</t>
+  </si>
+  <si>
+    <t>26/05/2022</t>
+  </si>
+  <si>
+    <t>R.S.CONSTRUCTION CO.</t>
+  </si>
+  <si>
+    <t>REPAIRING OF PTO AND OTHER FOR RIG MACHINE JOHN/DR/1500-III UNDER CMSD-I (D), CDD, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000251/2021-2022</t>
+  </si>
+  <si>
+    <t>214/CMSD-I(D)</t>
+  </si>
+  <si>
+    <t>09/11/2021</t>
+  </si>
+  <si>
+    <t>24/11/2021</t>
+  </si>
+  <si>
+    <t>PROVIDING DRILLING CREW AND OTHER ALLIED WORKS FOR CONSTRUCTION OF TUBE WELL (250MM X 150MM X 350 MTRS DEPTH) BY UTILIZING DEPARTMENTAL MACHINERIES FOR CHUNAKHALI W/S SCHEME (Z-II, REPLACEMENT TW-III), BASANTI BLOCK UNDER SOUTH 24 PGS DISTRICT, CDD, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000024/2022-2023</t>
+  </si>
+  <si>
+    <t>51/CDD</t>
+  </si>
+  <si>
+    <t>08/04/2022</t>
+  </si>
+  <si>
+    <t>08/05/2022</t>
+  </si>
+  <si>
+    <t>HIRING OF DIESEL DRIVEN MOTOR CAB (BS-IV &amp; ABOVE) HAVING CONTRACT CARRIAGE PERMIT ALONG WITH DRIVER FOR THE OFFICE OF THE ASSISTANT ENGINEER, STORE &amp; WORKSHOP SUB DIVISION, CDD, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000060/2022-2023</t>
+  </si>
+  <si>
+    <t>99/S&amp;WSD</t>
+  </si>
+  <si>
+    <t>23/06/2022</t>
+  </si>
+  <si>
+    <t>NAGENDRA PATRA</t>
+  </si>
+  <si>
+    <t>Relaying damaged pipeline for FHTC at Chunakhali W/S Scheme Chunakhali Primary School to H/O Shyamal Das and H/O Prasanta Das to Chowmatha at Buglakhali Mouza, Block-Basanti under Canning Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001633/2020-2021</t>
+  </si>
+  <si>
+    <t>1349/CSD</t>
+  </si>
+  <si>
+    <t>06/01/2021</t>
+  </si>
+  <si>
+    <t>05/02/2021</t>
+  </si>
+  <si>
+    <t>SUKANTA HALDER</t>
+  </si>
+  <si>
+    <t>Relaying and repairing of damaged pipeline for FHTC at Chunakhali W/S Scheme at Khanka Sarif More to Sachiakhali FP School of Sachiakhali Mouza, Block-Basanti under Canning Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001619/2020-2021</t>
+  </si>
+  <si>
+    <t>1345/CSD</t>
+  </si>
+  <si>
+    <t>04/01/2021</t>
+  </si>
+  <si>
+    <t>03/02/2021</t>
+  </si>
+  <si>
+    <t>MODERN CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Relaying damaged pipeline for FHTC at Chunakhali W/S Scheme at Laskarpara to PWD Road and H/O Ganesh Sardar to H/O Dinanath Sardar of Purba Bayar Sing Mouza and Sachiakhali Mouza, Block-Basanti under Canning Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001632/2020-2021</t>
+  </si>
+  <si>
+    <t>1348/CSD</t>
+  </si>
+  <si>
+    <t>Repairing damaged pipeline for FHTC at Chunakhali W/S Scheme at Buglakhali Mouza, Purba Bayar Sing Mouza, Sachiakhali Mouza and Baria Mouza, Block-Basanti under Canning Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001637/2020-2021</t>
+  </si>
+  <si>
+    <t>1350/CSD</t>
+  </si>
+  <si>
+    <t>Continuation order for the work of Sinking of 250mm x 150mm dia. 360 mtr. deep Tubewell (New) by Direct Rotary Rig Method using P.V.C pipe and pre-packed Resin Bonded Gravel Filter at Tube Well No. - 4 of Augmentation of Chunakhali (Zone - I) W/S Scheme, Block - Basanti under Canning Sub Division of Alipore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer, 4 CSD</t>
+  </si>
+  <si>
+    <t>ORD/002438/2024-2025</t>
+  </si>
+  <si>
+    <t>623/AD</t>
+  </si>
+  <si>
+    <t>17/02/2025</t>
+  </si>
+  <si>
+    <t>18/06/2025</t>
+  </si>
+  <si>
+    <t>AQUATECH ENGINEER</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +346,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +699,844 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="P3" s="4">
+        <v>0.87</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>0.34</v>
+      </c>
+      <c r="R3" s="4">
+        <v>39.17</v>
+      </c>
+      <c r="S3" s="4">
+        <v>67</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" s="4">
+        <v>0.92</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" s="4">
+        <v>45.81</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>45.75</v>
+      </c>
+      <c r="R5" s="4">
+        <v>99.86</v>
+      </c>
+      <c r="S5" s="4">
+        <v>100</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P6" s="4">
+        <v>4.52</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>1.05</v>
+      </c>
+      <c r="R6" s="4">
+        <v>23.24</v>
+      </c>
+      <c r="S6" s="4">
+        <v>0</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P7" s="4">
+        <v>16.79</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>14.95</v>
+      </c>
+      <c r="R7" s="4">
+        <v>89.05</v>
+      </c>
+      <c r="S7" s="4">
+        <v>0</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" s="4">
+        <v>0.87</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0.78</v>
+      </c>
+      <c r="R8" s="4">
+        <v>88.77</v>
+      </c>
+      <c r="S8" s="4">
+        <v>33</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J9" s="13"/>
+      <c r="K9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" s="4">
+        <v>4.73</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>0</v>
+      </c>
+      <c r="S9" s="4">
+        <v>100</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J10" s="13"/>
+      <c r="K10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" s="4">
+        <v>4.82</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>0</v>
+      </c>
+      <c r="R10" s="4">
+        <v>0</v>
+      </c>
+      <c r="S10" s="4">
+        <v>100</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J11" s="13"/>
+      <c r="K11" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="P11" s="4">
+        <v>4.68</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>0</v>
+      </c>
+      <c r="R11" s="4">
+        <v>0</v>
+      </c>
+      <c r="S11" s="4">
+        <v>100</v>
+      </c>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J12" s="13"/>
+      <c r="K12" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="P12" s="4">
+        <v>4.74</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>0</v>
+      </c>
+      <c r="R12" s="4">
+        <v>0</v>
+      </c>
+      <c r="S12" s="4">
+        <v>100</v>
+      </c>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="P13" s="4">
+        <v>19.6</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>100</v>
+      </c>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="8"/>
+      <c r="L14" s="8"/>
+      <c r="M14" s="8"/>
+      <c r="N14" s="8"/>
+      <c r="O14" s="8">
+        <v>108.35</v>
+      </c>
+      <c r="P14" s="8">
+        <v>62.87</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>58.02</v>
+      </c>
+      <c r="R14" s="8"/>
+      <c r="S14" s="8"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>