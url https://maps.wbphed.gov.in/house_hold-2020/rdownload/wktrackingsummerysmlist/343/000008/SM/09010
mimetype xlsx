--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -858,54 +858,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>0.87</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.34</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>39.17</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>67</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -974,54 +974,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>45.81</v>
       </c>
       <c r="Q5" s="4">
-        <v>45.75</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1031,54 +1031,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P6" s="4">
         <v>4.52</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.05</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>23.24</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1088,54 +1088,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P7" s="4">
         <v>16.79</v>
       </c>
       <c r="Q7" s="4">
-        <v>14.95</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>89.05</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1145,54 +1145,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>34</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>0.87</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>88.77</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>33</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1476,54 +1476,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>108.35</v>
       </c>
       <c r="P14" s="8">
-        <v>62.87</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>58.02</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>