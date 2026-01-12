--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,63 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
     <t>Alipore Division</t>
   </si>
   <si>
     <t>Retrofitting of Distribution system of Zone VI Falta Block for Providing Functional Household Tap Connection (FHTC) to all the households in connection with Jal Jeevan Mission &amp; Jal Swapna under Mega Surface Water Based Water Supply Scheme for Falta-Mathu</t>
+  </si>
+  <si>
+    <t>SM/08121</t>
+  </si>
+  <si>
+    <t>Retrofitting</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) to all the households in Falta, Zone-VI including Operation &amp; Maintenance of scheme for 1 (one) year under Mega Surface Water Based Water Supply Scheme for Falta-Mathurapur, District South 24 Parganas, Block - Falta under Diamond Harbour Sub-Division of Alipore Division, P.H.E.Dte. (Phase-I)</t>
   </si>
   <si>
     <t>Assistant Engineer, Diamond Harbour sub division</t>
   </si>
   <si>
     <t>ORD/000065/2021-2022</t>
   </si>
   <si>
     <t>342/AD</t>
   </si>
   <si>
     <t>12/05/2021</t>
   </si>
   <si>
     <t>12/05/2022</t>
   </si>
   <si>
     <t>BALAJEE ENTERPRISE.</t>
   </si>
   <si>
     <t>Laying of distribution pipeline (leftout portion) over Kantakhali Lock gate and restoration of village concrete road damaged during FHTC work at Zone-VI of Falta Block for Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.</t>
   </si>
@@ -672,55 +681,55 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
@@ -782,526 +791,580 @@
       </c>
       <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
-      <c r="B3" s="3"/>
+      <c r="B3" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E3" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G3" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H3" s="13" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>337.44</v>
       </c>
       <c r="Q3" s="4">
         <v>111.93</v>
       </c>
       <c r="R3" s="4">
         <v>33.17</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
-      <c r="B4" s="3"/>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G4" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H4" s="13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" s="4" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
       <c r="P4" s="4">
         <v>3.98</v>
       </c>
       <c r="Q4" s="4">
         <v>3.96</v>
       </c>
       <c r="R4" s="4">
         <v>99.65</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
-      <c r="B5" s="3"/>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G5" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H5" s="13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="I5" s="13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>7.2</v>
       </c>
       <c r="Q5" s="4">
         <v>6.83</v>
       </c>
       <c r="R5" s="4">
         <v>94.85</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
-      <c r="B6" s="3"/>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G6" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H6" s="13" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>31.57</v>
       </c>
       <c r="Q6" s="4">
         <v>16.34</v>
       </c>
       <c r="R6" s="4">
         <v>51.77</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
-      <c r="B7" s="3"/>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G7" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H7" s="13" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>440.86</v>
       </c>
       <c r="Q7" s="4">
         <v>51.34</v>
       </c>
       <c r="R7" s="4">
         <v>11.64</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
-      <c r="B8" s="3"/>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G8" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H8" s="13" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>38.31</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
-      <c r="B9" s="3"/>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G9" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H9" s="13" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="O9" s="4" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="P9" s="4">
         <v>14.78</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
-      <c r="B10" s="3"/>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G10" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H10" s="13" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>277.27</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>90</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
-      <c r="B11" s="3"/>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G11" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H11" s="13" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>40.87</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>1192.29</v>
       </c>
       <c r="P12" s="8">
         <v>190.4</v>
       </c>
       <c r="Q12" s="8">
         <v>15.97</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>