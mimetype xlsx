--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -833,54 +833,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>337.44</v>
       </c>
       <c r="Q3" s="4">
-        <v>111.93</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>33.17</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -892,54 +892,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>3.98</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.96</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.65</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -951,54 +951,54 @@
         <v>37</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>7.2</v>
       </c>
       <c r="Q5" s="4">
-        <v>6.83</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>94.85</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1010,54 +1010,54 @@
         <v>42</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>31.57</v>
       </c>
       <c r="Q6" s="4">
-        <v>16.34</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>51.77</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1069,54 +1069,54 @@
         <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>440.86</v>
       </c>
       <c r="Q7" s="4">
-        <v>51.34</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>11.64</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1339,54 +1339,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>1192.29</v>
       </c>
       <c r="P12" s="8">
-        <v>190.4</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>15.97</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>