--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,117 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
+    <t>Alipore Division</t>
+  </si>
+  <si>
+    <t>Retrofitting of Distribution System for Providing Functional Household Tap Connection (FHTC) to the households for 65 (sixty five) nos. habitation of all the households in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Suryanagar W/S Scheme i</t>
+  </si>
+  <si>
+    <t>SM/07636</t>
+  </si>
+  <si>
+    <t>Retrofitting</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) to all the households at Suryanagar Water Supply scheme, Block - Kakdwip, South 24 Parganas District under Kakdwip Sub - Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/001567/2021-2022</t>
+  </si>
+  <si>
+    <t>6829/AD</t>
+  </si>
+  <si>
+    <t>23/03/2022</t>
+  </si>
+  <si>
+    <t>07/05/2022</t>
+  </si>
+  <si>
+    <t>M/S B. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Preparation of DPR including estimate for Providing FHTC at Ramchandranagar W/S Scheme (Phase-A), Srinagar W/S Scheme (Phase-A), Suryanagar W/S Scheme (Phase-A) &amp; Taktipur W/S Scheme (Phase-A) W/S Scheme &amp; it's adjacent areas, Block Kakdwip under Kakdwip Sub - Division of Alipore Division, P.H.E. Dte. [W/O No. 515/KSD, 24.08.21, T.No. 1801/AD, 21-22]</t>
+  </si>
+  <si>
+    <t>VCH/002605/2021-2022</t>
+  </si>
+  <si>
+    <t>BP-2021-22-508</t>
+  </si>
+  <si>
+    <t>22/03/2022</t>
+  </si>
+  <si>
+    <t>LEMNISCATE</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000842/2023-2024</t>
+  </si>
+  <si>
+    <t>690/AD</t>
+  </si>
+  <si>
+    <t>30/01/2024</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +217,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +570,376 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13"/>
+      <c r="K3" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" s="4">
+        <v>113.06</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>105.3</v>
+      </c>
+      <c r="R3" s="4">
+        <v>93.14</v>
+      </c>
+      <c r="S3" s="4">
+        <v>94</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" s="4">
+        <v>4.7</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" s="4">
+        <v>24.01</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="14"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8">
+        <v>141.77</v>
+      </c>
+      <c r="P6" s="8">
+        <v>105.3</v>
+      </c>
+      <c r="Q6" s="8">
+        <v>74.27</v>
+      </c>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>