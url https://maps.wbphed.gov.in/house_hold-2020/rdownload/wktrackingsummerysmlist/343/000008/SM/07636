--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -731,54 +731,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>113.06</v>
       </c>
       <c r="Q3" s="4">
-        <v>105.3</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>93.14</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>94</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -879,54 +879,54 @@
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="7" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="11"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="14"/>
       <c r="I6" s="14"/>
       <c r="J6" s="14"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="8">
         <v>141.77</v>
       </c>
       <c r="P6" s="8">
-        <v>105.3</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="8">
-        <v>74.27</v>
+        <v>0</v>
       </c>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>