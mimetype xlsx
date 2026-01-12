--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -351,53 +351,50 @@
     <t>BALAJI UDDYOG</t>
   </si>
   <si>
     <t>Laying Distribution Pipeline and providing FHTC at Zone-9B for Augmentation of Sankrail Surface Water Based Project of Howrah District under Howrah Division, P. H. E. Dte. [No. of FHTC = 5717]</t>
   </si>
   <si>
     <t>ORD/000615/2023-2024</t>
   </si>
   <si>
     <t>1174/HD</t>
   </si>
   <si>
     <t>02/10/2025</t>
   </si>
   <si>
     <t>MONDAL ENTERPISE</t>
   </si>
   <si>
     <t>Laying Distribution Pipeline and providing FHTC at Zone-1 for Augmentation of Sankrail Surface Water Based Project of Howrah District under Howrah Division, P. H. E. Dte. [No. of FHTC = 7417]</t>
   </si>
   <si>
     <t>ORD/000607/2023-2024</t>
   </si>
   <si>
     <t>1185/HD</t>
-  </si>
-[...1 lines deleted...]
-    <t>01/04/2025</t>
   </si>
   <si>
     <t>THE UNICON ENGINEERS</t>
   </si>
   <si>
     <t>Laying Distribution Pipeline and providing FHTC at Zone-2 for Augmentation of Sankrail Surface Water Based Project of Howrah District under Howrah Division, P. H. E. Dte. [No. of FHTC = 5396]</t>
   </si>
   <si>
     <t>ORD/000608/2023-2024</t>
   </si>
   <si>
     <t>1186/HD</t>
   </si>
   <si>
     <t>LIMRA CONSTRUCTION AND INDUSTRIAL DEVELOPMENT</t>
   </si>
   <si>
     <t>Laying Distribution Pipeline and providing FHTC at Zone-6B for Augmentation of Sankrail Surface Water Based Project of Howrah District under Howrah Division, P. H. E. Dte. [No. of FHTC = 3997]</t>
   </si>
   <si>
     <t>ORD/000612/2023-2024</t>
   </si>
   <si>
     <t>1171/HD</t>
   </si>
@@ -2516,319 +2513,319 @@
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
         <v>110</v>
       </c>
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N29" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="O29" s="4" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="P29" s="4">
         <v>1192.14</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>45</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K30" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="L30" s="4" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O30" s="4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="P30" s="4">
         <v>907.2</v>
       </c>
       <c r="Q30" s="4">
         <v>0</v>
       </c>
       <c r="R30" s="4">
         <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>30</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="L31" s="4" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O31" s="4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="P31" s="4">
         <v>589.74</v>
       </c>
       <c r="Q31" s="4">
         <v>0</v>
       </c>
       <c r="R31" s="4">
         <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>30</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K32" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="L32" s="4" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O32" s="4" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="P32" s="4">
         <v>1341.84</v>
       </c>
       <c r="Q32" s="4">
         <v>0</v>
       </c>
       <c r="R32" s="4">
         <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>10</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="13" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K33" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="L33" s="4" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N33" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="O33" s="4" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="P33" s="4">
         <v>617.29</v>
       </c>
       <c r="Q33" s="4">
         <v>0</v>
       </c>
       <c r="R33" s="4">
         <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>10</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="7" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="11"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8">
         <v>31273.98</v>
       </c>
       <c r="P34" s="8">
         <v>1837.08</v>
       </c>
       <c r="Q34" s="8">
         <v>5.87</v>
       </c>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>