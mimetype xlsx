--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1000,54 +1000,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>405.4</v>
       </c>
       <c r="Q3" s="4">
-        <v>173.88</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>42.89</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>10</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1059,54 +1059,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>2185.5</v>
       </c>
       <c r="Q4" s="4">
-        <v>1623.02</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>74.26</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>10</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -2156,54 +2156,54 @@
         <v>78</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P23" s="4">
         <v>10463</v>
       </c>
       <c r="Q23" s="4">
-        <v>40.17</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>0.38</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>2</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2800,54 +2800,54 @@
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="7" t="s">
         <v>131</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="11"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8">
         <v>31273.98</v>
       </c>
       <c r="P34" s="8">
-        <v>1837.08</v>
+        <v>0</v>
       </c>
       <c r="Q34" s="8">
-        <v>5.87</v>
+        <v>0</v>
       </c>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A34:N34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>