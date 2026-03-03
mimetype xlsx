--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -315,50 +315,53 @@
     <t>BP-2024-25-431</t>
   </si>
   <si>
     <t>Operational charge as 2nd Installment of Gondalpara Nabin Pragati Seba Samity water testing laboratory for the year 2024</t>
   </si>
   <si>
     <t>BILL/00848/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-500</t>
   </si>
   <si>
     <t>BILL/00799/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-476</t>
   </si>
   <si>
     <t>BILL/00801/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-478</t>
   </si>
   <si>
     <t>Operation of Laboratory activities for Howrah District Laboratory at Domjur under Howrah Division, PHE Dte. for 12 (twelve) months w.e.f. 01.02.2025 to 31.01.2026.</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000432/2024-2025</t>
   </si>
   <si>
     <t>748/HD</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>31/01/2026</t>
   </si>
   <si>
     <t>BHARATI CHEMICAL &amp; SCIENTIFIC WORKS</t>
   </si>
   <si>
     <t>Remuneration of Chemist / Bacteriologist and Laboratory Assistant 02 (Two) nos. new of Silampur Sub District Laboratory &amp; Sampling Assistant 01 (one) no. of Howrah District Laboratory under Howrah Division, PHE Dte. for 12 (twelve) months w.e.f. 01.02.2025 to 31.01.2026.</t>
   </si>
   <si>
     <t>ORD/000431/2024-2025</t>
   </si>
   <si>
     <t>747/HD</t>
   </si>
@@ -937,54 +940,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.3</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.3</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -998,54 +1001,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>1.37</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.37</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -2234,167 +2237,171 @@
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
         <v>100</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J26" s="13"/>
+      <c r="J26" s="13" t="s">
+        <v>101</v>
+      </c>
       <c r="K26" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="L26" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O26" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P26" s="4">
         <v>10.82</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J27" s="13"/>
+      <c r="J27" s="13" t="s">
+        <v>101</v>
+      </c>
       <c r="K27" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P27" s="4">
         <v>8.95</v>
       </c>
       <c r="Q27" s="4">
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>33.78</v>
       </c>
       <c r="P28" s="8">
-        <v>5.67</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="8">
-        <v>16.78</v>
+        <v>0</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>