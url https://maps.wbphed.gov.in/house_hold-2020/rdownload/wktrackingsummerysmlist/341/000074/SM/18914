--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1034,54 +1034,54 @@
       <c r="I7" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P7" s="4">
         <v>22.04</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.8</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>12.72</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>50</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1097,54 +1097,54 @@
       <c r="I8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>825.77</v>
       </c>
       <c r="Q8" s="4">
-        <v>354.83</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>42.97</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>25</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1194,54 +1194,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>63</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>1122.4</v>
       </c>
       <c r="P10" s="8">
-        <v>357.64</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>31.86</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>