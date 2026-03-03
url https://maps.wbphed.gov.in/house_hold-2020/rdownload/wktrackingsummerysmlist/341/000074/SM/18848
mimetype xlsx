--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -174,50 +174,53 @@
     <t>LOKENATH ENTERPRISES</t>
   </si>
   <si>
     <t>Preparation of DPR for Source Strengthning at Chitnan PWSS, Amta-II Block under Uluberia Sub-Division of Howrah Division PHE Dte.</t>
   </si>
   <si>
     <t>JE-USD,JE/BLK/amta2</t>
   </si>
   <si>
     <t>ORD/000640/2023-2024</t>
   </si>
   <si>
     <t>494/AE/USD</t>
   </si>
   <si>
     <t>29/09/2023</t>
   </si>
   <si>
     <t>29/10/2023</t>
   </si>
   <si>
     <t>APEX ENGINEERING</t>
   </si>
   <si>
     <t>Inter connection and distribution pipe line, construction of boundary wall with two storied switch room (1 Nos.) (3.6 x 3.0) at 3rd Tube well site of Chitnan PWSS of Amta-II Block of Uluberia Sub-Division under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>JE/BLK/amta2</t>
   </si>
   <si>
     <t>ORD/000042/2025-2026</t>
   </si>
   <si>
     <t>2314/HD</t>
   </si>
   <si>
     <t>13/05/2025</t>
   </si>
   <si>
     <t>27/06/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -899,54 +902,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>15.12</v>
       </c>
       <c r="Q5" s="4">
-        <v>12.73</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>84.16</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -999,108 +1002,110 @@
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>53</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="J7" s="13"/>
+      <c r="J7" s="13" t="s">
+        <v>54</v>
+      </c>
       <c r="K7" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P7" s="4">
         <v>30.25</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>61.43</v>
       </c>
       <c r="P8" s="8">
-        <v>12.73</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>20.72</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>