--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -152,51 +152,51 @@
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Quotation money deposition for additional work at Beldubi w/s scheme, T.W. No.-III, Dist.-Howrah under PHE Dte. Application No- 100000124155 Reference ID- 860319335 SM Code- 18845</t>
   </si>
   <si>
     <t>BILL/02531/2024-2025</t>
   </si>
   <si>
     <t>05/12/2024</t>
   </si>
   <si>
     <t>Design,drawing,construction including rcc foundation and commissioning of iron elimination plant of capacity 50.00 cum per hour including 3(three) month trial run in the premises of Beldubi PWSS Under Howrah Sadar Sub-Division of Howrah Division P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000048/2024-2025</t>
   </si>
   <si>
     <t>2889/HD</t>
   </si>
   <si>
     <t>25/06/2024</t>
   </si>
   <si>
-    <t>18/09/2025</t>
+    <t>17/12/2025</t>
   </si>
   <si>
     <t>NEER UDYOG</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>