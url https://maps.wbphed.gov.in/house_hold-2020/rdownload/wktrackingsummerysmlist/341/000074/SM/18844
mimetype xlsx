--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -158,51 +158,51 @@
   <si>
     <t>BILL/02025/2024-2025</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Design,drawing, construction including rcc foundation and commissioning of iron elimination plant of capacity 50.00 cum per hours including 3(three) month trial run in the premises, construction of 3.60m X 3.00m size Blower room of compressure for IEP, at Sahapur PWSS Under Howrah Sadar Sub-Division of Howrah division P.H.E Dte.</t>
   </si>
   <si>
     <t>je_how_rws_jagat</t>
   </si>
   <si>
     <t>ORD/000050/2024-2025</t>
   </si>
   <si>
     <t>2890/HD</t>
   </si>
   <si>
     <t>25/06/2024</t>
   </si>
   <si>
-    <t>18/09/2025</t>
+    <t>17/12/2025</t>
   </si>
   <si>
     <t>NEER UDYOG</t>
   </si>
   <si>
     <t>Connection with distribution system and reconnection of FHTC &amp; allied works, construction of 1 (One) no.pump house (5.40m x 3.60m),construction of 1 (One) no. boundary wall at Sahapur piped water supply scheme under Howrah Sadar Sub-Division of Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000602/2023-2024</t>
   </si>
   <si>
     <t>1067/HD</t>
   </si>
   <si>
     <t>04/03/2024</t>
   </si>
   <si>
     <t>03/05/2024</t>
   </si>
   <si>
     <t>ADITYA HAZRA</t>
   </si>
   <si>
     <t>Total</t>
   </si>