--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -830,54 +830,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>2.98</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.31</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>43.95</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1043,54 +1043,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>56</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>94.41</v>
       </c>
       <c r="P8" s="8">
-        <v>1.31</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>1.39</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>