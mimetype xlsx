--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -182,51 +182,51 @@
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Quotation money deposition for new service connection at Udang w/s scheme, Zone- I, T.W. No.-IV, Dist.-Howrah under PHE Dte. Application No- 1007772514 Reference ID- 106595797 SM Code- 18567</t>
   </si>
   <si>
     <t>BILL/00492/2024-2025</t>
   </si>
   <si>
     <t>28/05/2024</t>
   </si>
   <si>
     <t>Laying Distribution System(HDPE &amp; DI) &amp; providing Functional Household Tap Connection (FHTC) &amp; Interconnection between tube wells, construction of 2 nos 5.40Mx 3.60M Swtich Room with Plinth Height (600mm to 1000mm) with Sanitary and water Supply arrangement at TW Sites and 450 cu.m. capacity 20 mtr staging height RCC Over Head Reservoir including Pipe connection &amp; soil investigation including pile design for UDANG (ZONE-II) PWSS OF AMTA-I BLOCK UNDER THE ULUBERIA SUB-DIVISION UNDER HOWRAH DIVISION, P.H.E. DTE.</t>
   </si>
   <si>
     <t>ORD/000145/2023-2024</t>
   </si>
   <si>
     <t>2839/HD</t>
   </si>
   <si>
     <t>07/08/2023</t>
   </si>
   <si>
-    <t>02/08/2025</t>
+    <t>30/11/2025</t>
   </si>
   <si>
     <t>NATURAL RESOURCES CONSORTIUM</t>
   </si>
   <si>
     <t>Land Development and Approach Road at HW site of Udong Zone-II PWSS of Amta-I Block under Uluberia Sub Division under Howrah Division PHED.</t>
   </si>
   <si>
     <t>ORD/000451/2024-2025</t>
   </si>
   <si>
     <t>987/HD</t>
   </si>
   <si>
     <t>20/02/2025</t>
   </si>
   <si>
     <t>22/03/2025</t>
   </si>
   <si>
     <t>Providing Additional Pipeline and repairing/ reconnection of existing FHTCs at Vill: Ranapara &amp; Deorah of Udong-II G.P of Amta-I Block in Uluberia Sub-Division, under Howrah Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000456/2024-2025</t>
   </si>
@@ -245,51 +245,51 @@
   <si>
     <t>ORD/000448/2024-2025</t>
   </si>
   <si>
     <t>964/HD</t>
   </si>
   <si>
     <t>19/02/2025</t>
   </si>
   <si>
     <t>20/04/2025</t>
   </si>
   <si>
     <t>Construction of boundary wall at 2nd T/W Site of Udong Zone-II W/S scheme within Amta-I Block in Uluberia Sub-Division, under Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000369/2024-2025</t>
   </si>
   <si>
     <t>705/HD</t>
   </si>
   <si>
     <t>30/01/2025</t>
   </si>
   <si>
-    <t>14/06/2025</t>
+    <t>12/09/2025</t>
   </si>
   <si>
     <t>TIYASA ENTERPRISE</t>
   </si>
   <si>
     <t>Land Development &amp; Approach Road at 2nd TW site of Udong Zone-II PWSS of Amta-I Block under Uluberia Sub Division under Howrah Divison PHED.</t>
   </si>
   <si>
     <t>ORD/000411/2024-2025</t>
   </si>
   <si>
     <t>1482/AE/USD</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
     <t>04/02/2025</t>
   </si>
   <si>
     <t>NOBLE ENTERPRISE</t>
   </si>
   <si>
     <t>Road restoration work with Bullah piling at Udong Zone-II PWSS of Amta-I Block under Uluberia Sub Division under Howrah Division PHED.</t>
   </si>
@@ -300,50 +300,86 @@
     <t>986/HD</t>
   </si>
   <si>
     <t>06/04/2025</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Amta-I, Amta-II, Bagnan-I, Bagnan-II, Shyampur-I and Shyampur-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.(Phase-II).</t>
   </si>
   <si>
     <t>AE HQ</t>
   </si>
   <si>
     <t>ORD/000199/2025-2026</t>
   </si>
   <si>
     <t>3670/HD</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>TECH VISION</t>
+  </si>
+  <si>
+    <t>Sinking of 3(Three) No. 250 X 150 mm Dia and 230 m deep tubewell Drilling by Direct Rotary method with UPVC Pipes all complete at Udang Zone-I &amp; Zone-II 2 nos under Amta-I Block of Uluberia Sub-Division under Howrah Division, P. H. E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000191/2023-2024</t>
+  </si>
+  <si>
+    <t>3133/HD</t>
+  </si>
+  <si>
+    <t>29/08/2023</t>
+  </si>
+  <si>
+    <t>15/03/2025</t>
+  </si>
+  <si>
+    <t>NADIA TUBEWELLS</t>
+  </si>
+  <si>
+    <t>Laying Distribution System(HDPE &amp; DI) &amp; Providing Functional Household Tap Connection (FHTC) &amp; Interconnection between tube wells UDONG (ZONE-I) PWSS OF AMTA-I BLOCK UNDER THE ULUBERIA SUB-DIVISION UNDER HOWRAH DIVISION, P.H.E. DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000159/2023-2024</t>
+  </si>
+  <si>
+    <t>2977/HD</t>
+  </si>
+  <si>
+    <t>17/08/2023</t>
+  </si>
+  <si>
+    <t>08/04/2025</t>
+  </si>
+  <si>
+    <t>TAPU SAHA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -732,51 +768,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:W18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1615,87 +1651,209 @@
       </c>
       <c r="N15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P15" s="4">
         <v>21.25</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
-      <c r="A16" s="7" t="s">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H16" s="13" t="s">
         <v>96</v>
       </c>
-      <c r="B16" s="7"/>
-[...22 lines deleted...]
-      <c r="S16" s="8"/>
+      <c r="I16" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="N16" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="O16" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="P16" s="4">
+        <v>38.94</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>24.67</v>
+      </c>
+      <c r="R16" s="4">
+        <v>63.35</v>
+      </c>
+      <c r="S16" s="4">
+        <v>68</v>
+      </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="3">
+        <v>15</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H17" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="I17" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="L17" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="M17" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="N17" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="O17" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="P17" s="4">
+        <v>410.47</v>
+      </c>
+      <c r="Q17" s="4">
+        <v>302.44</v>
+      </c>
+      <c r="R17" s="4">
+        <v>73.68</v>
+      </c>
+      <c r="S17" s="4">
+        <v>100</v>
+      </c>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
+    <row r="18" spans="1:23">
+      <c r="A18" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="B18" s="7"/>
+      <c r="C18" s="7"/>
+      <c r="D18" s="7"/>
+      <c r="E18" s="11"/>
+      <c r="F18" s="7"/>
+      <c r="G18" s="7"/>
+      <c r="H18" s="14"/>
+      <c r="I18" s="14"/>
+      <c r="J18" s="14"/>
+      <c r="K18" s="8"/>
+      <c r="L18" s="8"/>
+      <c r="M18" s="8"/>
+      <c r="N18" s="8"/>
+      <c r="O18" s="8">
+        <v>1129.1</v>
+      </c>
+      <c r="P18" s="8">
+        <v>381.63</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>33.8</v>
+      </c>
+      <c r="R18" s="8"/>
+      <c r="S18" s="8"/>
+      <c r="T18" s="1"/>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1"/>
+      <c r="W18" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A16:N16"/>
+    <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>