--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -285,50 +285,53 @@
     <t>15/01/2025</t>
   </si>
   <si>
     <t>04/02/2025</t>
   </si>
   <si>
     <t>NOBLE ENTERPRISE</t>
   </si>
   <si>
     <t>Road restoration work with Bullah piling at Udong Zone-II PWSS of Amta-I Block under Uluberia Sub Division under Howrah Division PHED.</t>
   </si>
   <si>
     <t>ORD/000450/2024-2025</t>
   </si>
   <si>
     <t>986/HD</t>
   </si>
   <si>
     <t>06/04/2025</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Amta-I, Amta-II, Bagnan-I, Bagnan-II, Shyampur-I and Shyampur-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.(Phase-II).</t>
   </si>
   <si>
     <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000199/2025-2026</t>
   </si>
   <si>
     <t>3670/HD</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>TECH VISION</t>
   </si>
   <si>
     <t>Sinking of 3(Three) No. 250 X 150 mm Dia and 230 m deep tubewell Drilling by Direct Rotary method with UPVC Pipes all complete at Udang Zone-I &amp; Zone-II 2 nos under Amta-I Block of Uluberia Sub-Division under Howrah Division, P. H. E. Dte.</t>
   </si>
   <si>
     <t>ORD/000191/2023-2024</t>
   </si>
   <si>
     <t>3133/HD</t>
   </si>
@@ -988,54 +991,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>3.83</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.83</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1220,54 +1223,54 @@
       <c r="I8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>501.82</v>
       </c>
       <c r="Q8" s="4">
-        <v>50.69</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>10.1</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>45</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1617,230 +1620,232 @@
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>89</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="J15" s="13"/>
+      <c r="J15" s="13" t="s">
+        <v>91</v>
+      </c>
       <c r="K15" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P15" s="4">
         <v>21.25</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P16" s="4">
         <v>38.94</v>
       </c>
       <c r="Q16" s="4">
-        <v>24.67</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>63.35</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>68</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P17" s="4">
         <v>410.47</v>
       </c>
       <c r="Q17" s="4">
-        <v>302.44</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>73.68</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>1129.1</v>
       </c>
       <c r="P18" s="8">
-        <v>381.63</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>33.8</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>