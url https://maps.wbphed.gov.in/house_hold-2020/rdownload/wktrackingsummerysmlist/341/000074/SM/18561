--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -891,54 +891,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>3.85</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.85</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -954,54 +954,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>77.89</v>
       </c>
       <c r="Q4" s="4">
-        <v>25.28</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>32.46</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1371,54 +1371,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P11" s="4">
         <v>817.6</v>
       </c>
       <c r="Q11" s="4">
-        <v>299.94</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>36.69</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1655,54 +1655,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>94</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1099.1</v>
       </c>
       <c r="P16" s="8">
-        <v>329.07</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>29.94</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>