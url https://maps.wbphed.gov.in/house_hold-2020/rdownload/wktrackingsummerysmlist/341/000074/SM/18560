--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -242,65 +242,50 @@
   <si>
     <t>29/03/2025</t>
   </si>
   <si>
     <t>SUJATA CONSTRUCTION</t>
   </si>
   <si>
     <t>Laying Distribution Pipeline work with Providing FHTC (Functional Household Tap Connection) For Augmentation of Deulpur Gangadharpur Zone-I PWSS at Panchla Block of Howrah Sadar Sub Division under Howrah Division, P. H. E. Dte. From Node Section 174-242 to Node Section 411-414, Part 4</t>
   </si>
   <si>
     <t>ORD/000215/2023-2024</t>
   </si>
   <si>
     <t>3279/HD</t>
   </si>
   <si>
     <t>13/09/2023</t>
   </si>
   <si>
     <t>11/01/2024</t>
   </si>
   <si>
     <t>MAA TARA CONSTRUCTION</t>
   </si>
   <si>
-    <t>Laying of additional distribution pipe line and allied works in Kusadanga mouza at Deulpur Gangadharpur Zone-I PWSS at Panchla Block under Howrah Sadar Sub-Division of Howrah Division, PHE Dte.</t>
-[...13 lines deleted...]
-  <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Panchla and Uluberia-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE HQ</t>
   </si>
   <si>
     <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000287/2024-2025</t>
   </si>
   <si>
     <t>4816/HD</t>
   </si>
   <si>
     <t>19/11/2024</t>
   </si>
   <si>
     <t>19/03/2025</t>
   </si>
   <si>
     <t>TECH VISION</t>
   </si>
   <si>
     <t>Special repairing work for restoration of damage pavement caused by laying of pipe line from start Node point 36 to End Node point 256 of existing LDS at Deulpur Board Girls primary School to Deulpur Bandher Bazar for the 2.0 km (PMGSY/PWD) road at Deulpur Gangadharpur Zone-I PWSS Under Panchla Block under Howrah Sadar Sub Division of Howrah Howrah Division, P.H.E. Dte.</t>
@@ -311,69 +296,69 @@
   <si>
     <t>1313/HD</t>
   </si>
   <si>
     <t>10/03/2025</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
     <t>ASSOCIATE CONSTRUCTION</t>
   </si>
   <si>
     <t>Laying of additional distribution pipe line &amp; allied works at Deulpur Gangadharpur Zone-I PWSS at Panchla Block under Howrah Sadar Sub-Division of Howrah Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000399/2024-2025</t>
   </si>
   <si>
     <t>859/HD</t>
   </si>
   <si>
     <t>07/02/2025</t>
   </si>
   <si>
-    <t>04/12/2025</t>
-[...17 lines deleted...]
-    <t>GRAVITA ENTERPRISE</t>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>Laying Distribution Pipeline work with Providing FHTC (1300 nos) (Functional Household Tap Connection) For Augmentation of Deulpur Gangadharpur Zone-I PWSS at Panchla Block of Howrah Sadar Sub Division under Howrah Division, P.H.E. Dte. From Node Section 55-82 to Node Section 147-148 &amp; From Node Section 82-170 to Node Section 409-410 (P-2&amp;3)</t>
+  </si>
+  <si>
+    <t>ORD/000193/2023-2024</t>
+  </si>
+  <si>
+    <t>3195/HD</t>
+  </si>
+  <si>
+    <t>04/09/2023</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>SANJUKTA ENGINEERS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -762,51 +747,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W17"/>
+  <dimension ref="A1:W16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1430,369 +1415,308 @@
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="P12" s="4">
-        <v>53.88</v>
+        <v>12.48</v>
       </c>
       <c r="Q12" s="4">
-        <v>8.13</v>
+        <v>9.42</v>
       </c>
       <c r="R12" s="4">
-        <v>15.09</v>
+        <v>75.49</v>
       </c>
       <c r="S12" s="4">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="I13" s="13" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>83</v>
+        <v>48</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P13" s="4">
-        <v>12.48</v>
+        <v>28.9</v>
       </c>
       <c r="Q13" s="4">
-        <v>9.42</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>75.49</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="P14" s="4">
-        <v>28.9</v>
+        <v>87.3</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>95</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>53</v>
+        <v>100</v>
       </c>
       <c r="P15" s="4">
-        <v>87.3</v>
+        <v>121.57</v>
       </c>
       <c r="Q15" s="4">
-        <v>0</v>
+        <v>83.98</v>
       </c>
       <c r="R15" s="4">
-        <v>0</v>
+        <v>69.08</v>
       </c>
       <c r="S15" s="4">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
-      <c r="A16" s="3">
-[...27 lines deleted...]
-      <c r="K16" s="4" t="s">
+      <c r="A16" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="L16" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="7"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="14"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="8"/>
+      <c r="L16" s="8"/>
+      <c r="M16" s="8"/>
+      <c r="N16" s="8"/>
+      <c r="O16" s="8">
+        <v>1146.88</v>
+      </c>
+      <c r="P16" s="8">
+        <v>478</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>41.68</v>
+      </c>
+      <c r="R16" s="8"/>
+      <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
-    <row r="17" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A17:N17"/>
+    <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>