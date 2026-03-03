--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1138,54 +1138,54 @@
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>179.05</v>
       </c>
       <c r="Q7" s="4">
-        <v>159.15</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>88.89</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>85</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1199,54 +1199,54 @@
       <c r="I8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>50.26</v>
       </c>
       <c r="Q8" s="4">
-        <v>48.2</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>95.89</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1317,54 +1317,54 @@
       <c r="I10" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>373.91</v>
       </c>
       <c r="Q10" s="4">
-        <v>99.12</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>26.51</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>24</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1378,54 +1378,54 @@
       <c r="I11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>98.18</v>
       </c>
       <c r="Q11" s="4">
-        <v>78.13</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>79.58</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>70</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1439,54 +1439,54 @@
       <c r="I12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>12.48</v>
       </c>
       <c r="Q12" s="4">
-        <v>9.42</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>75.49</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>62</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1622,88 +1622,88 @@
       <c r="I15" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P15" s="4">
         <v>121.57</v>
       </c>
       <c r="Q15" s="4">
-        <v>83.98</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>69.08</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>55</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1146.88</v>
       </c>
       <c r="P16" s="8">
-        <v>478</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>41.68</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>