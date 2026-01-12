--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -143,80 +143,80 @@
   <si>
     <t>3217/HD</t>
   </si>
   <si>
     <t>05/09/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Electrical</t>
   </si>
   <si>
     <t>Quotation bill for new service connection charge for Bedhi Chandrapur PWSS TW - I</t>
   </si>
   <si>
     <t>BILL/04434/2023-2024</t>
   </si>
   <si>
     <t>07/12/2023</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
+    <t>Quotation bill for new service connection charge for Bedhi Chandrapur PWSS TW - II</t>
+  </si>
+  <si>
+    <t>BILL/04435/2023-2024</t>
+  </si>
+  <si>
     <t>Sinking of 2nos 250 X 150mm dia Tube Well 230 mtr,Construction of 2nos Pump House cum switch room with sanitary arrangement, Laying Distribution system (LDS) with necessary inter-connections with OHR and bypass arrangement etc. all complete, Functional Household Tap Connection (FHTC) works, Construction of 300 cum capacity 20 Mtr. staging height RCC Over Head Reservoir (Drawing No- PC-I/O.H.R/7/2012)with necessary soil investigation with foundation design as per soil test report for BEDHI CHANDRAPUR PWSS at Udaynarayanpur Block under Uluberia Sub-Division under, Howrah Division, P. H. E. Dte.</t>
   </si>
   <si>
     <t>AE/RWS</t>
   </si>
   <si>
     <t>JE/RWS/Amta II,JE/RWS/Udaynaryanpur,JE Sadar</t>
   </si>
   <si>
     <t>ORD/000137/2023-2024</t>
   </si>
   <si>
     <t>2758/HD</t>
   </si>
   <si>
     <t>31/07/2023</t>
   </si>
   <si>
-    <t>30/07/2024</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>JAHANGIR ALAM</t>
   </si>
   <si>
-    <t>Quotation bill for new service connection charge for Bedhi Chandrapur PWSS TW - II</t>
-[...4 lines deleted...]
-  <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Udaynarayanpur Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE HQ</t>
   </si>
   <si>
     <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000282/2024-2025</t>
   </si>
   <si>
     <t>4813/HD</t>
   </si>
   <si>
     <t>19/11/2024</t>
   </si>
   <si>
     <t>19/03/2025</t>
   </si>
   <si>
     <t>HORIZEN</t>
   </si>
   <si>
     <t>Construction of Boundary Wall, Construction of Approach Road and Land Development at HEAD WORK Site and 2nd Tube Well Site along with restoration work of damaged pipeline of BEDHICHANDRAPUR Piped Water Supply Scheme at Udaynarayanpur Block Under Howrah Division, P.H.E. Dte.</t>
@@ -231,50 +231,74 @@
     <t>22/04/2025</t>
   </si>
   <si>
     <t>06/06/2025</t>
   </si>
   <si>
     <t>Rising Main &amp; Inter Connection with both tube wells of BEDHICHANDRAPUR PWSS in Udaynarayanpur Block under Howrah Division, PHE Dte.</t>
   </si>
   <si>
     <t>JE/RWS/Amta II</t>
   </si>
   <si>
     <t>ORD/000129/2025-2026</t>
   </si>
   <si>
     <t>3224/HD</t>
   </si>
   <si>
     <t>22/07/2025</t>
   </si>
   <si>
     <t>06/08/2025</t>
   </si>
   <si>
     <t>MJ ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical/ mechanical equipments etc. including allied works for Bedhi Chandrapur water supply scheme, T.W. No.- I &amp; II, Block: Udaynarayanpur, District- Howrah under Electrical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer Howrah mechanical Sub Division</t>
+  </si>
+  <si>
+    <t>Junior Engineer2</t>
+  </si>
+  <si>
+    <t>ORD/000822/2023-2024</t>
+  </si>
+  <si>
+    <t>3177/ED</t>
+  </si>
+  <si>
+    <t>28/07/2023</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>NEW RANBEE ENGINEERING</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -663,73 +687,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W11"/>
+  <dimension ref="A1:W12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
@@ -968,155 +992,155 @@
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="I6" s="13" t="s">
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="J6" s="13" t="s">
-[...6 lines deleted...]
-        <v>47</v>
+      <c r="L6" s="4">
+        <v>497</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="P6" s="4">
-        <v>335.32</v>
+        <v>10.33</v>
       </c>
       <c r="Q6" s="4">
-        <v>152.52</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>45.48</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="I7" s="13"/>
-[...1 lines deleted...]
-      <c r="K7" s="4" t="s">
+      <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="L7" s="4">
-[...8 lines deleted...]
-      <c r="O7" s="4" t="s">
+      <c r="P7" s="4">
+        <v>335.32</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>152.52</v>
+      </c>
+      <c r="R7" s="4">
+        <v>45.48</v>
+      </c>
+      <c r="S7" s="4">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
@@ -1168,186 +1192,249 @@
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P9" s="4">
         <v>47.81</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>9.94</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="7" t="s">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H11" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="B11" s="7"/>
-[...22 lines deleted...]
-      <c r="S11" s="8"/>
+      <c r="I11" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" s="4">
+        <v>21.38</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>20.91</v>
+      </c>
+      <c r="R11" s="4">
+        <v>97.81</v>
+      </c>
+      <c r="S11" s="4">
+        <v>85</v>
+      </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B12" s="7"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="7"/>
+      <c r="H12" s="14"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="8"/>
+      <c r="L12" s="8"/>
+      <c r="M12" s="8"/>
+      <c r="N12" s="8"/>
+      <c r="O12" s="8">
+        <v>461.17</v>
+      </c>
+      <c r="P12" s="8">
+        <v>176.22</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>38.21</v>
+      </c>
+      <c r="R12" s="8"/>
+      <c r="S12" s="8"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A11:N11"/>
+    <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>