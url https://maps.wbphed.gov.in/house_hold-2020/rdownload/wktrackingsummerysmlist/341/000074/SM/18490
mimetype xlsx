--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -850,54 +850,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.81</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.8</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.52</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1090,54 +1090,54 @@
       <c r="I7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>335.32</v>
       </c>
       <c r="Q7" s="4">
-        <v>152.52</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>45.48</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>42</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1340,88 +1340,88 @@
       <c r="I11" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P11" s="4">
         <v>21.38</v>
       </c>
       <c r="Q11" s="4">
-        <v>20.91</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>97.81</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>85</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>461.17</v>
       </c>
       <c r="P12" s="8">
-        <v>176.22</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>38.21</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>