--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -228,50 +228,53 @@
     <t>16/02/2024</t>
   </si>
   <si>
     <t>Sinking of 2 nos Tube Well, Laying Distribution System &amp; Construction of 100 cum RCC OHR &amp; Interconnection between Tubewells &amp; OHR for SHIBGACHHIA PWSS OF AMTA-II BLOCK UNDER THE ULUBERIA SUB-DIVISION UNDER HOWRAH DIVISION, P.H.E. DTE</t>
   </si>
   <si>
     <t>ORD/000130/2023-2024</t>
   </si>
   <si>
     <t>2646/HD</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
     <t>19/04/2026</t>
   </si>
   <si>
     <t>MITHU BUILDERS</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Amta-I, Amta-II, Bagnan-I, Bagnan-II, Shyampur-I and Shyampur-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.(Phase-II).</t>
   </si>
   <si>
     <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000199/2025-2026</t>
   </si>
   <si>
     <t>3670/HD</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>TECH VISION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -838,54 +841,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.2</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.72</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>84.87</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1019,54 +1022,54 @@
       <c r="I6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>20.49</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.96</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>48.6</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1082,54 +1085,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>4.76</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.76</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1263,149 +1266,151 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>262.08</v>
       </c>
       <c r="Q10" s="4">
-        <v>126.66</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>48.33</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>70</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>71</v>
       </c>
-      <c r="J11" s="13"/>
+      <c r="J11" s="13" t="s">
+        <v>72</v>
+      </c>
       <c r="K11" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>21.25</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>350.87</v>
       </c>
       <c r="P12" s="8">
-        <v>144.09</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>41.07</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>