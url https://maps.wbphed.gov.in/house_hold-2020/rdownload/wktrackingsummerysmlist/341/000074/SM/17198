--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -128,51 +128,51 @@
   <si>
     <t>21/07/2022</t>
   </si>
   <si>
     <t>05/08/2022</t>
   </si>
   <si>
     <t>APEX ENGINEERING</t>
   </si>
   <si>
     <t>Work Order for Sinking of 1 (One) No. Tubewell (150mmx100mm), Construction of Switch Room (3750mmx3750mm) &amp; Laying Distribution System for providing Functional House hold Tap Connection (FHTC) at Ghutegari Mini PWSS under Amta-I Block under Uluberia Sub- Division under Howrah Division PHE Dte.</t>
   </si>
   <si>
     <t>JE/BLK/amta1</t>
   </si>
   <si>
     <t>ORD/000007/2023-2024</t>
   </si>
   <si>
     <t>1534/HD</t>
   </si>
   <si>
     <t>04/04/2023</t>
   </si>
   <si>
-    <t>30/09/2025</t>
+    <t>29/12/2025</t>
   </si>
   <si>
     <t>M/S AHAMED CONSTRUCTION</t>
   </si>
   <si>
     <t>Electrical</t>
   </si>
   <si>
     <t>Quotation for new connection of Ghuteghari water supply scheme (Mini), Amta-I, Howrah Application No. 5004019125 Reference id: 503565825 SM/17198 UNDER JANGIPARA CCC, HOOGHLY</t>
   </si>
   <si>
     <t>BILL/06260/2023-2024</t>
   </si>
   <si>
     <t>11/03/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Amta-I, Amta-II, Bagnan-I, Bagnan-II, Shyampur-I and Shyampur-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.(Phase-II).</t>
   </si>
   <si>
     <t>AE HQ</t>
   </si>