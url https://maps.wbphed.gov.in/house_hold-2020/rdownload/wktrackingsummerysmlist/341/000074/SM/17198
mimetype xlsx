--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -153,50 +153,53 @@
     <t>29/12/2025</t>
   </si>
   <si>
     <t>M/S AHAMED CONSTRUCTION</t>
   </si>
   <si>
     <t>Electrical</t>
   </si>
   <si>
     <t>Quotation for new connection of Ghuteghari water supply scheme (Mini), Amta-I, Howrah Application No. 5004019125 Reference id: 503565825 SM/17198 UNDER JANGIPARA CCC, HOOGHLY</t>
   </si>
   <si>
     <t>BILL/06260/2023-2024</t>
   </si>
   <si>
     <t>11/03/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Amta-I, Amta-II, Bagnan-I, Bagnan-II, Shyampur-I and Shyampur-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.(Phase-II).</t>
   </si>
   <si>
     <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000199/2025-2026</t>
   </si>
   <si>
     <t>3670/HD</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>TECH VISION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -926,86 +929,88 @@
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="J6" s="13"/>
+      <c r="J6" s="13" t="s">
+        <v>47</v>
+      </c>
       <c r="K6" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>21.25</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>51.95</v>
       </c>
       <c r="P7" s="8">
         <v>0</v>
       </c>
       <c r="Q7" s="8">
         <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>