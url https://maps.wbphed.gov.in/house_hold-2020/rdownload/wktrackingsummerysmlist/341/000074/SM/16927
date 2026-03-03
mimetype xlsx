--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1210,54 +1210,54 @@
       <c r="I8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P8" s="4">
         <v>22.87</v>
       </c>
       <c r="Q8" s="4">
-        <v>14.9</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>65.13</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>40</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1395,54 +1395,54 @@
       <c r="I11" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>90.87</v>
       </c>
       <c r="Q11" s="4">
-        <v>25.73</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>28.32</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>85</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1458,54 +1458,54 @@
       <c r="I12" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>138.34</v>
       </c>
       <c r="Q12" s="4">
-        <v>37.81</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>27.33</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>90</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1521,54 +1521,54 @@
       <c r="I13" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
         <v>263.67</v>
       </c>
       <c r="Q13" s="4">
-        <v>233.49</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>88.55</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1584,54 +1584,54 @@
       <c r="I14" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="4">
         <v>92.63</v>
       </c>
       <c r="Q14" s="4">
-        <v>21.9</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>23.64</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1710,88 +1710,88 @@
       <c r="I16" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P16" s="4">
         <v>27.98</v>
       </c>
       <c r="Q16" s="4">
-        <v>13.23</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>47.3</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>837.5</v>
       </c>
       <c r="P17" s="8">
-        <v>347.05</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>41.44</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>