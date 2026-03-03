--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -203,108 +203,90 @@
   <si>
     <t>ORD/000262/2022-2023</t>
   </si>
   <si>
     <t>929/ED</t>
   </si>
   <si>
     <t>22/02/2023</t>
   </si>
   <si>
     <t>23/05/2023</t>
   </si>
   <si>
     <t>TRIO CONCERN</t>
   </si>
   <si>
     <t>RTOR000006/2024-2025</t>
   </si>
   <si>
     <t>3884/HD</t>
   </si>
   <si>
     <t>05/09/2024</t>
   </si>
   <si>
-    <t>Work Order for Construction of 500 Cum OHR including soil investigation, LDS with FHTC, Two Nos Pump House of SONATALA PWSS at Udaynarayanpur Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
-[...14 lines deleted...]
-    <t>16/10/2025</t>
+    <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Udaynarayanpur Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
+  </si>
+  <si>
+    <t>ORD/000282/2024-2025</t>
+  </si>
+  <si>
+    <t>4813/HD</t>
+  </si>
+  <si>
+    <t>19/11/2024</t>
+  </si>
+  <si>
+    <t>19/03/2025</t>
+  </si>
+  <si>
+    <t>HORIZEN</t>
+  </si>
+  <si>
+    <t>Construction of Boundary Wall, Construction of Approach Road and Land Development at HEAD WORK Site and 2nd Tube Well Site along with restoration work of damaged pipeline of SONATOLA Piped Water Supply Scheme at Udaynarayanpur Block Under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000036/2025-2026</t>
+  </si>
+  <si>
+    <t>2276/HD</t>
+  </si>
+  <si>
+    <t>07/05/2025</t>
+  </si>
+  <si>
+    <t>06/07/2025</t>
   </si>
   <si>
     <t>GUPTA ENTERPRISE</t>
-  </si>
-[...37 lines deleted...]
-    <t>06/07/2025</t>
   </si>
   <si>
     <t>Rising Main &amp; Inter Connection with both tube wells of SONATOLA Pipe Water Supply Scheme (SM/14949) at Udaynarayanpur Block under Howrah Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000038/2025-2026</t>
   </si>
   <si>
     <t>2280/HD</t>
   </si>
   <si>
     <t>21/06/2025</t>
   </si>
   <si>
     <t>Supplying,fitting,fixing and erecting of Swajal Gram (Har Ghar Jal Village) Board at different PWSS of different schemes under Howrah Division P.H.E. Dte. (For, Udaynarayanpur Block) (PART-B)</t>
   </si>
   <si>
     <t>ORD/000226/2025-2026</t>
   </si>
   <si>
     <t>4124/HD</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
@@ -723,51 +705,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -888,54 +870,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>26.22</v>
       </c>
       <c r="Q3" s="4">
-        <v>22.69</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>86.53</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1246,54 +1228,54 @@
       <c r="I9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P9" s="4">
         <v>20.88</v>
       </c>
       <c r="Q9" s="4">
-        <v>20.81</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.66</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1344,371 +1326,308 @@
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>63</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P11" s="4">
-        <v>450.11</v>
+        <v>13.59</v>
       </c>
       <c r="Q11" s="4">
-        <v>272.43</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>60.53</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="J12" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J12" s="13"/>
+      <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="K12" s="4" t="s">
+      <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="M12" s="4" t="s">
+      <c r="N12" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="N12" s="4" t="s">
+      <c r="O12" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="O12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P12" s="4">
-        <v>13.59</v>
+        <v>63.76</v>
       </c>
       <c r="Q12" s="4">
-        <v>1.04</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>7.65</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L13" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="L13" s="4" t="s">
+      <c r="M13" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="M13" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O13" s="4" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="P13" s="4">
-        <v>63.76</v>
+        <v>18.62</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="M14" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="L14" s="4" t="s">
+      <c r="N14" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="M14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N14" s="4" t="s">
+      <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="O14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P14" s="4">
-        <v>18.62</v>
+        <v>4.79</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
-      <c r="A15" s="3">
-[...20 lines deleted...]
-      <c r="H15" s="13" t="s">
+      <c r="A15" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="I15" s="13" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8"/>
+      <c r="N15" s="8"/>
+      <c r="O15" s="8">
+        <v>209.92</v>
+      </c>
+      <c r="P15" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>0</v>
+      </c>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
-    <row r="16" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A16:N16"/>
+    <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>