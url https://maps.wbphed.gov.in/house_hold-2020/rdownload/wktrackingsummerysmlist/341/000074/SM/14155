--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -299,60 +299,63 @@
   <si>
     <t>A.G. ENTERPRISE</t>
   </si>
   <si>
     <t>Work Order for Construction of 600 cum Capacity, 20mtr. Staging Height RCC Elevated Reservoir As Per Departmental Type Design (Ref : Dept. Super Struc. DRG. No. PC-I/OHR/8/2012) including Soil Investigation, Foundation Design &amp; All pipe Connection For Domjur Zone-VIII, Domjur (CT) PWSS at Domjur Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
   </si>
   <si>
     <t>je1_iu,je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000034/2023-2024</t>
   </si>
   <si>
     <t>1741/HD</t>
   </si>
   <si>
     <t>11/07/2026</t>
   </si>
   <si>
     <t>M/S ASHIRBAD (INDIA)</t>
   </si>
   <si>
     <t>Work Order for Laying Distribution Pipeline work, Providing FHTC (Functional Household Tap Connection) 2493 nos for Domjur (CT) PWSS at Domjur Block of Howrah District under Howrah Division, P. H. E. Dte.(Part-II) For Node Section (135-136) to Node Section (800-801)</t>
   </si>
   <si>
+    <t>JE/BLK/DOM/HOW,je1_iu,je_blk_ballyjag_how</t>
+  </si>
+  <si>
     <t>ORD/000093/2023-2024</t>
   </si>
   <si>
     <t>1997/HD</t>
   </si>
   <si>
     <t>16/05/2023</t>
   </si>
   <si>
-    <t>06/11/2024</t>
+    <t>05/05/2025</t>
   </si>
   <si>
     <t>ZAKIR HOSSIN MONDAL</t>
   </si>
   <si>
     <t>Construction of 3 (Three) Nos.Pump House (5.40m x 3.60 m), Construction of Boundary Wall at Head work Site, Domjur Zone-VIII, Construction of 2(Two) nos. Boundary Wall, Laying Rising Main Pipeline Work, Laying Distribution Pipeline work, Providing FHTC (Functional Household Tap Connection) 2494 nos for Domjur (CT) PWSS at Domjur Block of Howrah District under Howrah Division, P.H.E. Dte. (Part-I) For Node Section (R-1- 1) to Node Section (565-566)</t>
   </si>
   <si>
     <t>JE/BLK/DOM/HOW,je1_iu,je6/maad,je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000188/2023-2024</t>
   </si>
   <si>
     <t>3041/HD</t>
   </si>
   <si>
     <t>22/08/2023</t>
   </si>
   <si>
     <t>16/11/2025</t>
   </si>
   <si>
     <t>TUSHAR KANTI GHOSH</t>
   </si>
@@ -1797,274 +1800,274 @@
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
         <v>94</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="13" t="s">
-        <v>56</v>
+        <v>95</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P17" s="4">
         <v>212.69</v>
       </c>
       <c r="Q17" s="4">
         <v>169.7</v>
       </c>
       <c r="R17" s="4">
         <v>79.79</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>284.71</v>
       </c>
       <c r="Q18" s="4">
         <v>107.73</v>
       </c>
       <c r="R18" s="4">
         <v>37.84</v>
       </c>
       <c r="S18" s="4">
         <v>95</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="I19" s="13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J19" s="13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="K19" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O19" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P19" s="4">
         <v>8.36</v>
       </c>
       <c r="Q19" s="4">
         <v>0.09</v>
       </c>
       <c r="R19" s="4">
         <v>1.12</v>
       </c>
       <c r="S19" s="4">
         <v>79</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="L20" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M20" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N20" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="O20" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P20" s="4">
         <v>40.52</v>
       </c>
       <c r="Q20" s="4">
         <v>0</v>
       </c>
       <c r="R20" s="4">
         <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>954.92</v>
       </c>
       <c r="P21" s="8">
         <v>378.56</v>
       </c>
       <c r="Q21" s="8">
         <v>39.64</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>