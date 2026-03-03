--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1034,54 +1034,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>3.88</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.88</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1097,54 +1097,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>10.74</v>
       </c>
       <c r="Q5" s="4">
-        <v>10.46</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>97.41</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1278,54 +1278,54 @@
       <c r="I8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>38.56</v>
       </c>
       <c r="Q8" s="4">
-        <v>38.42</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.62</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>40</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1695,54 +1695,54 @@
       <c r="I15" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P15" s="4">
         <v>21.49</v>
       </c>
       <c r="Q15" s="4">
-        <v>10.47</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>48.7</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>40</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1758,54 +1758,54 @@
       <c r="I16" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P16" s="4">
         <v>174.05</v>
       </c>
       <c r="Q16" s="4">
-        <v>37.81</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>21.73</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>60</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1821,54 +1821,54 @@
       <c r="I17" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P17" s="4">
         <v>212.69</v>
       </c>
       <c r="Q17" s="4">
-        <v>169.7</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>79.79</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1884,54 +1884,54 @@
       <c r="I18" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>102</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>284.71</v>
       </c>
       <c r="Q18" s="4">
-        <v>107.73</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>37.84</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>95</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -1947,54 +1947,54 @@
       <c r="I19" s="13" t="s">
         <v>109</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="4">
         <v>8.36</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.09</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>1.12</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>79</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2042,54 +2042,54 @@
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>954.92</v>
       </c>
       <c r="P21" s="8">
-        <v>378.56</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>39.64</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>