--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -260,116 +260,116 @@
   <si>
     <t>20/03/2025</t>
   </si>
   <si>
     <t>K.B ENTERPRISE</t>
   </si>
   <si>
     <t>Work Order for Laying Distribution System for Augmentation of Deulpur Gangadharpur Zone-II PWSS at Panchla Block of Howrah Sadar Sub-Division under Howrah Division, P. H. E. Dte. From Node Section 88-94 to Node Section 97-98 Part 3</t>
   </si>
   <si>
     <t>ORD/000791/2022-2023</t>
   </si>
   <si>
     <t>855/HD</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>27/09/2024</t>
   </si>
   <si>
     <t>DEBABRATA CHAKRABORTY</t>
   </si>
   <si>
+    <t>Work Order for Laying Distribution Pipeline work with Providing FHTC (Functional Household Tap Connection) For Augmentation of Deulpur Gangadharpur Zone-II PWSS at Panchla Block of Howrah Sadar Sub Division under Howrah Division, P.H.E. Dte. From Node Section 255-287 to Node Section 90-91 From Node Section 287-304 to Node Section 448-450 (P-2,&amp;4)</t>
+  </si>
+  <si>
+    <t>ORD/000005/2023-2024</t>
+  </si>
+  <si>
+    <t>1532/HD</t>
+  </si>
+  <si>
+    <t>04/04/2023</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>N. G ENGINEERING</t>
+  </si>
+  <si>
+    <t>Joynagar bazar to deulpur H.C Road from 2.730km to 3.00 km, Restoration work of PHE Cutting for laying pipe line under Howrah Highway Division in the District of Howrah.under deulpur gangadharpur Zone-II water supply scheme for Panchla Block.</t>
+  </si>
+  <si>
+    <t>BILL/00761/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-442</t>
+  </si>
+  <si>
+    <t>04/10/2024</t>
+  </si>
+  <si>
+    <t>EXECUTIVE ENGINEER HIGHWAY DIVISION P W ROADS HOWRAH</t>
+  </si>
+  <si>
+    <t>Work Order for Sinking of 3 (Three) Nos. 300 X 200 mm Dia and 230 m deep tubewell Drilling by Direct Rotary method with UPVC Pipes all complete at Deulpur Gangadharpur (Zone-II) PWSS of Panchla Block Howrah Sadar Sub-Division under Howrah Division, P. H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000660/2022-2023</t>
+  </si>
+  <si>
+    <t>172/HD</t>
+  </si>
+  <si>
+    <t>13/01/2023</t>
+  </si>
+  <si>
+    <t>26/08/2025</t>
+  </si>
+  <si>
+    <t>PRANTIK DRILLING AGENCY</t>
+  </si>
+  <si>
     <t>Work Order for Augmentation of Deulpur Gangadharpur Zone-II PWSS at Panchla Block of Howrah Sadar Sub-Division under Howrah Division, P. H. E. Dte. From Node Section 97-127 to Node Section 423-425 Part 5</t>
   </si>
   <si>
     <t>ORD/000792/2022-2023</t>
   </si>
   <si>
     <t>856/HD</t>
   </si>
   <si>
     <t>30/01/2025</t>
   </si>
   <si>
     <t>S.S ENTERPRISE</t>
   </si>
   <si>
-    <t>Work Order for Laying Distribution Pipeline work with Providing FHTC (Functional Household Tap Connection) For Augmentation of Deulpur Gangadharpur Zone-II PWSS at Panchla Block of Howrah Sadar Sub Division under Howrah Division, P.H.E. Dte. From Node Section 255-287 to Node Section 90-91 From Node Section 287-304 to Node Section 448-450 (P-2,&amp;4)</t>
-[...49 lines deleted...]
-  <si>
     <t>Work Order for Laying Distribution System for Augmentation of Deulpur Gangadharpur Zone-II PWSS at Panchla Block of Howrah Sadar Sub Division under Howrah Division, P. H. E. Dte. From Node Section 217-230 to Node Section 352-361 Part 7</t>
   </si>
   <si>
     <t>ORD/000793/2022-2023</t>
   </si>
   <si>
     <t>857/HD</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>DULAL MAJUMDER</t>
   </si>
   <si>
     <t>Work Order for Construction of 700 cum Capacity, 20mtr. Staging Height RCC Elevated Reservoir As Per Departmental Type Design (Ref : Dept. Super Struc. DRG. No. PC-I/OHR/8/2012) including Soil Investigation, Foundation Design &amp; All pipe Connection, Laying Rising Main Pipeline Work, Laying Distribution Pipeline work with Providing FHTC (Functional Household Tap Connection)For Deulpur Gangadharpur Zone-II PWSS at Panchla Block of Howrah District under Howrah Division, P.H.E. Dte. From Node Section R1-1 to Node Section 280-281, Part 1</t>
   </si>
   <si>
     <t>ORD/000027/2023-2024</t>
   </si>
   <si>
     <t>1696/HD</t>
   </si>
   <si>
     <t>21/04/2023</t>
@@ -401,78 +401,84 @@
   <si>
     <t>ORD/000409/2024-2025</t>
   </si>
   <si>
     <t>861/HD</t>
   </si>
   <si>
     <t>07/02/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>MANIRUL ISLAM</t>
   </si>
   <si>
     <t>Additional Laying Distribution pipeline with C.C. Road Restoration for Deulpur Gangadharpur Zone II PWSS at Panchla Block of Howrah District under Howrah Sadar Sub Division of Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000394/2024-2025</t>
   </si>
   <si>
     <t>858/HD</t>
   </si>
   <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
     <t>Construction of 1(One) no. Boundary Wall at OHR site for Deulpur Gangadharpur (Zone-II) PWSS at Panchla Block of Howrah District under Howrah Sadar Sub-Division of Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000110/2025-2026</t>
   </si>
   <si>
     <t>3132/HD</t>
   </si>
   <si>
     <t>14/07/2025</t>
   </si>
   <si>
     <t>10/01/2026</t>
   </si>
   <si>
     <t>M/S ASHIRBAD (INDIA)</t>
   </si>
   <si>
     <t>Construction of 1 (one) no.Pump House (5.40m x 3.60m) at 3rd tube well site,Construction of 1(One) no. boundary wall at 3 rd Tube well site, Construction of land Development and approach road at 3rd tubewell site and allied pipe laying work (DI and UPVC) for connecting 3 rd tubewell with the distribution main at Deulpur Gangadharpur Zone-II PWSS under Howrah Sadar Sub-Division of Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000543/2024-2025</t>
   </si>
   <si>
     <t>1070/HD</t>
   </si>
   <si>
     <t>27/02/2025</t>
+  </si>
+  <si>
+    <t>25/10/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1600,248 +1606,248 @@
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="P13" s="4">
+        <v>91.11</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>77.74</v>
+      </c>
+      <c r="R13" s="4">
+        <v>85.33</v>
+      </c>
+      <c r="S13" s="4">
         <v>85</v>
-      </c>
-[...13 lines deleted...]
-        <v>42</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>87</v>
-[...6 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="I14" s="13"/>
+      <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P14" s="4">
-        <v>91.11</v>
+        <v>2.05</v>
       </c>
       <c r="Q14" s="4">
-        <v>77.74</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>85.33</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="I15" s="13"/>
-      <c r="J15" s="13"/>
+      <c r="I15" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>65</v>
+      </c>
       <c r="K15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P15" s="4">
-        <v>2.05</v>
+        <v>50.26</v>
       </c>
       <c r="Q15" s="4">
-        <v>0</v>
+        <v>16.17</v>
       </c>
       <c r="R15" s="4">
-        <v>0</v>
+        <v>32.17</v>
       </c>
       <c r="S15" s="4">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="4">
-        <v>50.26</v>
+        <v>23.46</v>
       </c>
       <c r="Q16" s="4">
-        <v>16.17</v>
+        <v>8.01</v>
       </c>
       <c r="R16" s="4">
-        <v>32.17</v>
+        <v>34.12</v>
       </c>
       <c r="S16" s="4">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
@@ -1962,51 +1968,51 @@
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
         <v>115</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P19" s="4">
         <v>41.43</v>
       </c>
       <c r="Q19" s="4">
         <v>29.16</v>
       </c>
       <c r="R19" s="4">
         <v>70.37</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
@@ -2087,197 +2093,197 @@
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="13" t="s">
         <v>126</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="O21" s="4" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="P21" s="4">
         <v>82.84</v>
       </c>
       <c r="Q21" s="4">
         <v>0</v>
       </c>
       <c r="R21" s="4">
         <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>60</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K22" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L22" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M22" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N22" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="O22" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P22" s="4">
         <v>9.06</v>
       </c>
       <c r="Q22" s="4">
         <v>0</v>
       </c>
       <c r="R22" s="4">
         <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="13" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K23" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="L23" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>102</v>
+        <v>140</v>
       </c>
       <c r="O23" s="4" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="P23" s="4">
         <v>21.99</v>
       </c>
       <c r="Q23" s="4">
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>1338.49</v>
       </c>
       <c r="P24" s="8">
         <v>384.69</v>
       </c>
       <c r="Q24" s="8">
         <v>28.74</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>