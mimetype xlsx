--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1201,54 +1201,54 @@
       <c r="I6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>4.25</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.25</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1260,54 +1260,54 @@
         <v>51</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>3.13</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.13</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1435,54 +1435,54 @@
       <c r="I10" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>74.39</v>
       </c>
       <c r="Q10" s="4">
-        <v>19.67</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>26.45</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>30</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1496,54 +1496,54 @@
       <c r="I11" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>69.39</v>
       </c>
       <c r="Q11" s="4">
-        <v>54.96</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>79.2</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>80</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1557,54 +1557,54 @@
       <c r="I12" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>16.89</v>
       </c>
       <c r="Q12" s="4">
-        <v>14.16</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>83.83</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>58</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1618,54 +1618,54 @@
       <c r="I13" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P13" s="4">
         <v>91.11</v>
       </c>
       <c r="Q13" s="4">
-        <v>77.74</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>85.33</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>85</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1736,54 +1736,54 @@
       <c r="I15" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P15" s="4">
         <v>50.26</v>
       </c>
       <c r="Q15" s="4">
-        <v>16.17</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>32.17</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>35</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1797,54 +1797,54 @@
       <c r="I16" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="4">
         <v>23.46</v>
       </c>
       <c r="Q16" s="4">
-        <v>8.01</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>34.12</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1858,54 +1858,54 @@
       <c r="I17" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P17" s="4">
         <v>67.69</v>
       </c>
       <c r="Q17" s="4">
-        <v>48.57</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>71.76</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>75</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1919,54 +1919,54 @@
       <c r="I18" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P18" s="4">
         <v>351.82</v>
       </c>
       <c r="Q18" s="4">
-        <v>108.89</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>30.95</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>30</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1980,54 +1980,54 @@
       <c r="I19" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P19" s="4">
         <v>41.43</v>
       </c>
       <c r="Q19" s="4">
-        <v>29.16</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>70.37</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2258,54 +2258,54 @@
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>141</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>1338.49</v>
       </c>
       <c r="P24" s="8">
-        <v>384.69</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>28.74</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>