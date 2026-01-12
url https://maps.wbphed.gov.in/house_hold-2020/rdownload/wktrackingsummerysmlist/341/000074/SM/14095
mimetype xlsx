--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="282">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -245,81 +245,84 @@
   <si>
     <t>11/05/2023</t>
   </si>
   <si>
     <t>BILL/02060/2023-2024</t>
   </si>
   <si>
     <t>Payment for WBSEDCL Augmentation of Bargachia Water Supply Scheme (Zone-IV) Pump house no -I</t>
   </si>
   <si>
     <t>BILL/00241/2023-2024</t>
   </si>
   <si>
     <t>Work Order for Sinking of 4 (Four) Nos. 300 X 200 mm Dia and 230 m deep tubewell Drilling by Direct Rotary method with UPVC Pipes all complete at Bargachia PWSS Zone VI (TW-1 &amp;TW-II), Zone-VII (TW I&amp;II) at Jagat ballavpur Block Howrah Sadar Sub-Division under Howrah Division, P. H. E. Dte.</t>
   </si>
   <si>
     <t>je1_iu,je_how_rws_jagat</t>
   </si>
   <si>
     <t>ORD/000687/2022-2023</t>
   </si>
   <si>
     <t>307/HD</t>
   </si>
   <si>
+    <t>20/05/2023</t>
+  </si>
+  <si>
+    <t>B K ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Work Order for Sinking of 4 (Four) Nos. 300 X 200 mm Dia and 230 m deep tubewell Drilling by Direct Rotary method with UPVC Pipes all complete at Bargachia PWSS Zone 1 (TW-1 &amp;TW-II), Zone-II TW I&amp;II at Jagat ballavpur Block Howrah Sadar Sub-Division under Howrah Division, P. H. E. Dte.</t>
+  </si>
+  <si>
+    <t>je6/maad,JE Sadar</t>
+  </si>
+  <si>
+    <t>ORD/000688/2022-2023</t>
+  </si>
+  <si>
+    <t>304/HD</t>
+  </si>
+  <si>
     <t>21/03/2023</t>
   </si>
   <si>
-    <t>B K ENTERPRISE</t>
-[...13 lines deleted...]
-  <si>
     <t>CARBON SERVICES INDIA</t>
   </si>
   <si>
     <t>Work Order for Sinking of 4 (Four) Nos. 300 X 200 mm Dia and 230 m deep tubewell Drilling by Direct Rotary method with UPVC Pipes all complete at Bargachia PWSS Zone III (TW-1 &amp;TW-II), Zone-IVA (TW I&amp;II) at Jagat ballavpur Block Howrah Sadar Sub-Division under Howrah Division, P. H. E. Dte.</t>
   </si>
   <si>
     <t>ORD/000686/2022-2023</t>
   </si>
   <si>
     <t>305/HD</t>
   </si>
   <si>
-    <t>28/09/2024</t>
+    <t>26/01/2025</t>
   </si>
   <si>
     <t>Construction of Pump House, Boundary Wall, 400 cum Capacity OHR, Rising Main, Laying Distribution Pipeline &amp; Providing FHTC (2554 nos) For Augmentation of Bargachia PWSS (Zone-VII) in Jagatballavpur Block under Howrah Sadar Sub-Division of Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>je_how_rws_jagat</t>
   </si>
   <si>
     <t>ORD/000486/2023-2024</t>
   </si>
   <si>
     <t>454/HD</t>
   </si>
   <si>
     <t>01/02/2024</t>
   </si>
   <si>
     <t>30/07/2024</t>
   </si>
   <si>
     <t>M/S ASHA CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction of R.C.C. Culvert at OHR site, Approach Road and Land Development at OHR Site, Retaining Wall at OHR site of Bargachia PWSS(Zone-VII) in J.B. Pur Block of Howrah Sadar Sub-Division under Howrah Division, PHE Dte.</t>
   </si>
@@ -818,99 +821,84 @@
   <si>
     <t>14/05/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>JOY GURU TRADING</t>
   </si>
   <si>
     <t>Road Restoration, Supply and Fabrication of 700 mm Dia, 7.10 mm thick MS Casing Pipe and Pushing of Casing Pipe by Hydraulic Jack Pushing Method, Construction of RCC Retaining Wall, Land Development, Construction of 1 No. Culvert and ancillary works at Bargachia PWSS (Zone-VII, VIII &amp; IX) of J.B. Pur Block under Howrah Sadar Sub-Division, Howrah Division, P.H.E. Dte.(SM/14095)</t>
   </si>
   <si>
     <t>ORD/000103/2025-2026</t>
   </si>
   <si>
     <t>3057/HD</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
     <t>21/09/2025</t>
   </si>
   <si>
-    <t>Hiring of 1 (One) no. (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer Howrah Sadar Sub-Division, PHE Dte. Government of West Bengal (for the period from 01-10-2025 to 30-11-2025)</t>
-[...11 lines deleted...]
-    <t>25/11/2025</t>
+    <t>Supplying,fitting,fixing and erecting of Swajal Gram (Har Ghar Jal Village) Board at different PWSS of different schemes under Howrah Division P.H.E. Dte. (For, Jagatballavpur Block)</t>
+  </si>
+  <si>
+    <t>ORD/000231/2025-2026</t>
+  </si>
+  <si>
+    <t>4129/HD</t>
+  </si>
+  <si>
+    <t>14/10/2025</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>ABONTICA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Hiring of 1 (One) no. (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer Howrah Sadar Sub-Division, PHE Dte. Government of West Bengal (for the period from 07-08-2025 to 30-09-2025)</t>
+  </si>
+  <si>
+    <t>ORD/000142/2025-2026</t>
+  </si>
+  <si>
+    <t>914/HSSD</t>
+  </si>
+  <si>
+    <t>07/08/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
   </si>
   <si>
     <t>BINDU PRASAD DEVI</t>
-  </si>
-[...31 lines deleted...]
-    <t>01/10/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1299,51 +1287,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W62"/>
+  <dimension ref="A1:W61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2314,2641 +2302,2580 @@
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
         <v>79</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P18" s="4">
         <v>68.08</v>
       </c>
       <c r="Q18" s="4">
         <v>46.31</v>
       </c>
       <c r="R18" s="4">
         <v>68.03</v>
       </c>
       <c r="S18" s="4">
         <v>50</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K19" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P19" s="4">
         <v>69.42</v>
       </c>
       <c r="Q19" s="4">
         <v>50.09</v>
       </c>
       <c r="R19" s="4">
         <v>72.16</v>
       </c>
       <c r="S19" s="4">
         <v>50</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J20" s="13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K20" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L20" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M20" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N20" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O20" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P20" s="4">
         <v>442.08</v>
       </c>
       <c r="Q20" s="4">
         <v>48.36</v>
       </c>
       <c r="R20" s="4">
         <v>10.94</v>
       </c>
       <c r="S20" s="4">
         <v>12</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J21" s="13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K21" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L21" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M21" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="O21" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P21" s="4">
         <v>65.1</v>
       </c>
       <c r="Q21" s="4">
         <v>0</v>
       </c>
       <c r="R21" s="4">
         <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J22" s="13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K22" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="L22" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M22" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N22" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="O22" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P22" s="4">
         <v>227.58</v>
       </c>
       <c r="Q22" s="4">
         <v>0</v>
       </c>
       <c r="R22" s="4">
         <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>30</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J23" s="13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="K23" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="L23" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="O23" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P23" s="4">
         <v>68.83</v>
       </c>
       <c r="Q23" s="4">
         <v>63.37</v>
       </c>
       <c r="R23" s="4">
         <v>92.07</v>
       </c>
       <c r="S23" s="4">
         <v>50</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="L24" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M24" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P24" s="4">
         <v>176.2</v>
       </c>
       <c r="Q24" s="4">
         <v>0</v>
       </c>
       <c r="R24" s="4">
         <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I25" s="13"/>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="L25" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P25" s="4">
         <v>17.78</v>
       </c>
       <c r="Q25" s="4">
         <v>0</v>
       </c>
       <c r="R25" s="4">
         <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="L26" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P26" s="4">
         <v>31.83</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I27" s="13"/>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="L27" s="4">
         <v>609</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P27" s="4">
         <v>13.16</v>
       </c>
       <c r="Q27" s="4">
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I28" s="13"/>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="L28" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M28" s="4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N28" s="4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="O28" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P28" s="4">
         <v>0.3</v>
       </c>
       <c r="Q28" s="4">
         <v>0</v>
       </c>
       <c r="R28" s="4">
         <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="O29" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P29" s="4">
         <v>34.15</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="L30" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M30" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N30" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="O30" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P30" s="4">
         <v>0.12</v>
       </c>
       <c r="Q30" s="4">
         <v>0</v>
       </c>
       <c r="R30" s="4">
         <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I31" s="13"/>
       <c r="J31" s="13"/>
       <c r="K31" s="4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L31" s="4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M31" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N31" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="O31" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P31" s="4">
         <v>0.03</v>
       </c>
       <c r="Q31" s="4">
         <v>0</v>
       </c>
       <c r="R31" s="4">
         <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I32" s="13"/>
       <c r="J32" s="13"/>
       <c r="K32" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="L32" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="M32" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N32" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="O32" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P32" s="4">
         <v>8.37</v>
       </c>
       <c r="Q32" s="4">
         <v>0</v>
       </c>
       <c r="R32" s="4">
         <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="13" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I33" s="13"/>
       <c r="J33" s="13"/>
       <c r="K33" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="L33" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M33" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="N33" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O33" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P33" s="4">
         <v>17.55</v>
       </c>
       <c r="Q33" s="4">
         <v>0</v>
       </c>
       <c r="R33" s="4">
         <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I34" s="13"/>
       <c r="J34" s="13"/>
       <c r="K34" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="L34" s="4">
         <v>331</v>
       </c>
       <c r="M34" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N34" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P34" s="4">
         <v>5.83</v>
       </c>
       <c r="Q34" s="4">
         <v>0</v>
       </c>
       <c r="R34" s="4">
         <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="13" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I35" s="13"/>
       <c r="J35" s="13"/>
       <c r="K35" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="L35" s="4">
         <v>881</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P35" s="4">
         <v>15.65</v>
       </c>
       <c r="Q35" s="4">
         <v>0</v>
       </c>
       <c r="R35" s="4">
         <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="13" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I36" s="13"/>
       <c r="J36" s="13"/>
       <c r="K36" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L36" s="4">
         <v>627</v>
       </c>
       <c r="M36" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P36" s="4">
         <v>16.23</v>
       </c>
       <c r="Q36" s="4">
         <v>0</v>
       </c>
       <c r="R36" s="4">
         <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="13" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I37" s="13"/>
       <c r="J37" s="13"/>
       <c r="K37" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="L37" s="4">
         <v>114</v>
       </c>
       <c r="M37" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N37" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P37" s="4">
         <v>10.29</v>
       </c>
       <c r="Q37" s="4">
         <v>0</v>
       </c>
       <c r="R37" s="4">
         <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="13" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I38" s="13"/>
       <c r="J38" s="13"/>
       <c r="K38" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="L38" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M38" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="O38" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P38" s="4">
         <v>7.37</v>
       </c>
       <c r="Q38" s="4">
         <v>0</v>
       </c>
       <c r="R38" s="4">
         <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>0</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="13" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I39" s="13"/>
       <c r="J39" s="13"/>
       <c r="K39" s="4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="L39" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M39" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="N39" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O39" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P39" s="4">
         <v>6.22</v>
       </c>
       <c r="Q39" s="4">
         <v>0</v>
       </c>
       <c r="R39" s="4">
         <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="13" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I40" s="13"/>
       <c r="J40" s="13"/>
       <c r="K40" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="L40" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M40" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N40" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O40" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P40" s="4">
         <v>0.13</v>
       </c>
       <c r="Q40" s="4">
         <v>0</v>
       </c>
       <c r="R40" s="4">
         <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>0</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="13" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I41" s="13"/>
       <c r="J41" s="13"/>
       <c r="K41" s="4" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L41" s="4">
         <v>130</v>
       </c>
       <c r="M41" s="4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N41" s="4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P41" s="4">
         <v>17.99</v>
       </c>
       <c r="Q41" s="4">
         <v>0</v>
       </c>
       <c r="R41" s="4">
         <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="13" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I42" s="13"/>
       <c r="J42" s="13"/>
       <c r="K42" s="4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="L42" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M42" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N42" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="O42" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P42" s="4">
         <v>9.5</v>
       </c>
       <c r="Q42" s="4">
         <v>0</v>
       </c>
       <c r="R42" s="4">
         <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>0</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="13" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I43" s="13"/>
       <c r="J43" s="13"/>
       <c r="K43" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="L43" s="4">
         <v>736</v>
       </c>
       <c r="M43" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="N43" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P43" s="4">
         <v>10.61</v>
       </c>
       <c r="Q43" s="4">
         <v>0</v>
       </c>
       <c r="R43" s="4">
         <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="13" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="L44" s="4">
         <v>880</v>
       </c>
       <c r="M44" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N44" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P44" s="4">
         <v>25.65</v>
       </c>
       <c r="Q44" s="4">
         <v>0</v>
       </c>
       <c r="R44" s="4">
         <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="13" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I45" s="13"/>
       <c r="J45" s="13"/>
       <c r="K45" s="4" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="L45" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M45" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="O45" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P45" s="4">
         <v>0.11</v>
       </c>
       <c r="Q45" s="4">
         <v>0</v>
       </c>
       <c r="R45" s="4">
         <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="13" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I46" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J46" s="13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K46" s="4" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="L46" s="4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M46" s="4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="O46" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P46" s="4">
         <v>1271.27</v>
       </c>
       <c r="Q46" s="4">
         <v>749.32</v>
       </c>
       <c r="R46" s="4">
         <v>58.94</v>
       </c>
       <c r="S46" s="4">
         <v>80</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="13" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I47" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J47" s="13" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K47" s="4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="L47" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="M47" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N47" s="4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="O47" s="4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P47" s="4">
         <v>462.97</v>
       </c>
       <c r="Q47" s="4">
         <v>133.51</v>
       </c>
       <c r="R47" s="4">
         <v>28.84</v>
       </c>
       <c r="S47" s="4">
         <v>15</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="13" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I48" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J48" s="13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="K48" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="L48" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M48" s="4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N48" s="4" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="O48" s="4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P48" s="4">
         <v>566.01</v>
       </c>
       <c r="Q48" s="4">
         <v>208.71</v>
       </c>
       <c r="R48" s="4">
         <v>36.87</v>
       </c>
       <c r="S48" s="4">
         <v>35</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="I49" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J49" s="13" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K49" s="4" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L49" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M49" s="4" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N49" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="O49" s="4" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P49" s="4">
         <v>339</v>
       </c>
       <c r="Q49" s="4">
         <v>173.54</v>
       </c>
       <c r="R49" s="4">
         <v>51.19</v>
       </c>
       <c r="S49" s="4">
         <v>20</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="13" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I50" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K50" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="L50" s="4" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M50" s="4" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="N50" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="O50" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P50" s="4">
         <v>2577.67</v>
       </c>
       <c r="Q50" s="4">
         <v>1338.14</v>
       </c>
       <c r="R50" s="4">
         <v>51.91</v>
       </c>
       <c r="S50" s="4">
         <v>25</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="13" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I51" s="13" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J51" s="13" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="K51" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="L51" s="4" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M51" s="4" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N51" s="4" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="O51" s="4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P51" s="4">
         <v>250.01</v>
       </c>
       <c r="Q51" s="4">
         <v>153.6</v>
       </c>
       <c r="R51" s="4">
         <v>61.44</v>
       </c>
       <c r="S51" s="4">
         <v>35</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="13" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="I52" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J52" s="13" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="K52" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="L52" s="4" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M52" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N52" s="4" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="O52" s="4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P52" s="4">
         <v>4.73</v>
       </c>
       <c r="Q52" s="4">
         <v>3.57</v>
       </c>
       <c r="R52" s="4">
         <v>75.5</v>
       </c>
       <c r="S52" s="4">
         <v>8</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H53" s="13" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I53" s="13" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J53" s="13" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K53" s="4" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="L53" s="4" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M53" s="4" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N53" s="4" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="O53" s="4" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P53" s="4">
         <v>10.11</v>
       </c>
       <c r="Q53" s="4">
         <v>4.33</v>
       </c>
       <c r="R53" s="4">
         <v>42.82</v>
       </c>
       <c r="S53" s="4">
         <v>44</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="13" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="I54" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J54" s="13" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K54" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="L54" s="4" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M54" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="N54" s="4" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="O54" s="4" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P54" s="4">
         <v>36.2</v>
       </c>
       <c r="Q54" s="4">
         <v>0</v>
       </c>
       <c r="R54" s="4">
         <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>11</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="13" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I55" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J55" s="13" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K55" s="4" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L55" s="4" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M55" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N55" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="O55" s="4" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P55" s="4">
         <v>4.38</v>
       </c>
       <c r="Q55" s="4">
         <v>0</v>
       </c>
       <c r="R55" s="4">
         <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>0</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="13" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I56" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J56" s="13" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="K56" s="4" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="L56" s="4" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N56" s="4" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="O56" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P56" s="4">
         <v>68.08</v>
       </c>
       <c r="Q56" s="4">
         <v>48.38</v>
       </c>
       <c r="R56" s="4">
         <v>71.05</v>
       </c>
       <c r="S56" s="4">
         <v>100</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="13" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I57" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J57" s="13" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="K57" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="L57" s="4" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="M57" s="4" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="N57" s="4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="O57" s="4" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P57" s="4">
         <v>109.35</v>
       </c>
       <c r="Q57" s="4">
         <v>0</v>
       </c>
       <c r="R57" s="4">
         <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>0</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="13" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="I58" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J58" s="13"/>
       <c r="K58" s="4" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="L58" s="4" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="M58" s="4" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N58" s="4" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="O58" s="4" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P58" s="4">
         <v>413.83</v>
       </c>
       <c r="Q58" s="4">
         <v>0</v>
       </c>
       <c r="R58" s="4">
         <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>0</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="13" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I59" s="13" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="J59" s="13"/>
       <c r="K59" s="4" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="L59" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M59" s="4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="N59" s="4" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="O59" s="4" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="P59" s="4">
-        <v>0.8</v>
+        <v>4.78</v>
       </c>
       <c r="Q59" s="4">
         <v>0</v>
       </c>
       <c r="R59" s="4">
         <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="13" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I60" s="13" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="J60" s="13"/>
+        <v>33</v>
+      </c>
+      <c r="J60" s="13" t="s">
+        <v>227</v>
+      </c>
       <c r="K60" s="4" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="L60" s="4" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="M60" s="4" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="N60" s="4" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="O60" s="4" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P60" s="4">
-        <v>4.78</v>
+        <v>0.74</v>
       </c>
       <c r="Q60" s="4">
         <v>0</v>
       </c>
       <c r="R60" s="4">
         <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>0</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
-      <c r="A61" s="3">
-[...27 lines deleted...]
-      <c r="K61" s="4" t="s">
+      <c r="A61" s="7" t="s">
         <v>281</v>
       </c>
-      <c r="L61" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B61" s="7"/>
+      <c r="C61" s="7"/>
+      <c r="D61" s="7"/>
+      <c r="E61" s="11"/>
+      <c r="F61" s="7"/>
+      <c r="G61" s="7"/>
+      <c r="H61" s="14"/>
+      <c r="I61" s="14"/>
+      <c r="J61" s="14"/>
+      <c r="K61" s="8"/>
+      <c r="L61" s="8"/>
+      <c r="M61" s="8"/>
+      <c r="N61" s="8"/>
+      <c r="O61" s="8">
+        <v>7945.15</v>
+      </c>
+      <c r="P61" s="8">
+        <v>3086.15</v>
+      </c>
+      <c r="Q61" s="8">
+        <v>38.84</v>
+      </c>
+      <c r="R61" s="8"/>
+      <c r="S61" s="8"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
-    <row r="62" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A62:N62"/>
+    <mergeCell ref="A61:N61"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>