--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1446,54 +1446,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>17.68</v>
       </c>
       <c r="Q3" s="4">
-        <v>17.68</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1505,54 +1505,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>34.37</v>
       </c>
       <c r="Q4" s="4">
-        <v>31.55</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>91.81</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -2250,54 +2250,54 @@
       <c r="I17" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P17" s="4">
         <v>69.42</v>
       </c>
       <c r="Q17" s="4">
-        <v>15.67</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>22.57</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>50</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2311,54 +2311,54 @@
       <c r="I18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P18" s="4">
         <v>68.08</v>
       </c>
       <c r="Q18" s="4">
-        <v>46.31</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>68.03</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>50</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2372,54 +2372,54 @@
       <c r="I19" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P19" s="4">
         <v>69.42</v>
       </c>
       <c r="Q19" s="4">
-        <v>50.09</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>72.16</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>50</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2433,54 +2433,54 @@
       <c r="I20" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P20" s="4">
         <v>442.08</v>
       </c>
       <c r="Q20" s="4">
-        <v>48.36</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>10.94</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>12</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2616,54 +2616,54 @@
       <c r="I23" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P23" s="4">
         <v>68.83</v>
       </c>
       <c r="Q23" s="4">
-        <v>63.37</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>92.07</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>50</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -3931,54 +3931,54 @@
       <c r="I46" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>103</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>188</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>189</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>190</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>191</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P46" s="4">
         <v>1271.27</v>
       </c>
       <c r="Q46" s="4">
-        <v>749.32</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>58.94</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>80</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -3992,54 +3992,54 @@
       <c r="I47" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>193</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>196</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>197</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>198</v>
       </c>
       <c r="P47" s="4">
         <v>462.97</v>
       </c>
       <c r="Q47" s="4">
-        <v>133.51</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>28.84</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>15</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4053,54 +4053,54 @@
       <c r="I48" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>200</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>201</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>202</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>203</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P48" s="4">
         <v>566.01</v>
       </c>
       <c r="Q48" s="4">
-        <v>208.71</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>36.87</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>35</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4114,54 +4114,54 @@
       <c r="I49" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>206</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>207</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>208</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>209</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>210</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>211</v>
       </c>
       <c r="P49" s="4">
         <v>339</v>
       </c>
       <c r="Q49" s="4">
-        <v>173.54</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>51.19</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>20</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4175,54 +4175,54 @@
       <c r="I50" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>213</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>214</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>215</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>216</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>217</v>
       </c>
       <c r="P50" s="4">
         <v>2577.67</v>
       </c>
       <c r="Q50" s="4">
-        <v>1338.14</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>51.91</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>25</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4236,54 +4236,54 @@
       <c r="I51" s="13" t="s">
         <v>219</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>220</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>221</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>222</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>223</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>225</v>
       </c>
       <c r="P51" s="4">
         <v>250.01</v>
       </c>
       <c r="Q51" s="4">
-        <v>153.6</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>61.44</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>35</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4297,54 +4297,54 @@
       <c r="I52" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>227</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>228</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>229</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>232</v>
       </c>
       <c r="P52" s="4">
         <v>4.73</v>
       </c>
       <c r="Q52" s="4">
-        <v>3.57</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>75.5</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>8</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4358,54 +4358,54 @@
       <c r="I53" s="13" t="s">
         <v>234</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>235</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>236</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>237</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>238</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>239</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>240</v>
       </c>
       <c r="P53" s="4">
         <v>10.11</v>
       </c>
       <c r="Q53" s="4">
-        <v>4.33</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>42.82</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>44</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -4541,54 +4541,54 @@
       <c r="I56" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>254</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>255</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>256</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>257</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P56" s="4">
         <v>68.08</v>
       </c>
       <c r="Q56" s="4">
-        <v>48.38</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>71.05</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>100</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -4700,51 +4700,53 @@
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="13" t="s">
         <v>269</v>
       </c>
       <c r="I59" s="13" t="s">
         <v>234</v>
       </c>
-      <c r="J59" s="13"/>
+      <c r="J59" s="13" t="s">
+        <v>235</v>
+      </c>
       <c r="K59" s="4" t="s">
         <v>270</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>271</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>272</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>273</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>274</v>
       </c>
       <c r="P59" s="4">
         <v>4.78</v>
       </c>
       <c r="Q59" s="4">
         <v>0</v>
       </c>
       <c r="R59" s="4">
         <v>0</v>
       </c>
       <c r="S59" s="4">
@@ -4815,54 +4817,54 @@
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="7" t="s">
         <v>281</v>
       </c>
       <c r="B61" s="7"/>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
       <c r="E61" s="11"/>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="14"/>
       <c r="I61" s="14"/>
       <c r="J61" s="14"/>
       <c r="K61" s="8"/>
       <c r="L61" s="8"/>
       <c r="M61" s="8"/>
       <c r="N61" s="8"/>
       <c r="O61" s="8">
         <v>7945.15</v>
       </c>
       <c r="P61" s="8">
-        <v>3086.15</v>
+        <v>0</v>
       </c>
       <c r="Q61" s="8">
-        <v>38.84</v>
+        <v>0</v>
       </c>
       <c r="R61" s="8"/>
       <c r="S61" s="8"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A61:N61"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>