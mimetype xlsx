--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -267,50 +267,53 @@
     <t>MENOKA ENGINEERING WORKS</t>
   </si>
   <si>
     <t>Work Order for Laying Distribution System(HDPE &amp; DI) &amp; providing Functional Household Tap Connection (FHTC) &amp; Interconnection between tube wells (Part-A) &amp; Construction of Swtich Room with Sanitary and water Supply arrangement at Head Work Site and Construction of 250 cum. capacity 20 mtr staging height RCC Over Head Reservoir (Drawing No:PC-I/OHR/10/2012) including Pipe connection &amp; soil investigation and design at PATINAN PWSS OF BAGNAN-I BLOCK UNDER THE ULUBERIA SUB-DIVISION UNDER HOWRAH DIVISION, P.H.E. DTE.</t>
   </si>
   <si>
     <t>ORD/000008/2023-2024</t>
   </si>
   <si>
     <t>1553/HD</t>
   </si>
   <si>
     <t>05/04/2023</t>
   </si>
   <si>
     <t>06/12/2025</t>
   </si>
   <si>
     <t>SADHURHAT CO OPERATIVE LABOUR CONTRACT &amp; CONSTRUCTION SOCIETY LTD.</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Amta-I, Amta-II, Bagnan-I, Bagnan-II, Shyampur-I and Shyampur-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.(Phase-II).</t>
   </si>
   <si>
     <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000199/2025-2026</t>
   </si>
   <si>
     <t>3670/HD</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>TECH VISION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -877,54 +880,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>52.06</v>
       </c>
       <c r="Q3" s="4">
-        <v>23.58</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>45.29</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1176,54 +1179,54 @@
       <c r="I8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>20.27</v>
       </c>
       <c r="Q8" s="4">
-        <v>13.36</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>65.9</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>40</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1302,54 +1305,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>4.76</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.76</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1365,54 +1368,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>58.94</v>
       </c>
       <c r="Q11" s="4">
-        <v>26.43</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>44.84</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>75</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1428,149 +1431,151 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>217.39</v>
       </c>
       <c r="Q12" s="4">
-        <v>147.67</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>67.93</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>32</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>83</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>84</v>
       </c>
-      <c r="J13" s="13"/>
+      <c r="J13" s="13" t="s">
+        <v>85</v>
+      </c>
       <c r="K13" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P13" s="4">
         <v>21.25</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>428.8</v>
       </c>
       <c r="P14" s="8">
-        <v>215.79</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>50.32</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>