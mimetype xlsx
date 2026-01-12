--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -185,69 +185,69 @@
   <si>
     <t>22/02/2023</t>
   </si>
   <si>
     <t>23/05/2023</t>
   </si>
   <si>
     <t>D. K. ELECTRIC</t>
   </si>
   <si>
     <t>Work Order for Laying Distribution Pipeline of DOMJUR (ZONE-IV) DAKSHIN JHAPARDAHA (ZONE-I) at Domjur Block of Howrah District under Howrah Division, P. H. E. Dte. (PART-3 : Node No. 371 to 388)</t>
   </si>
   <si>
     <t>je6/maad,JE Sadar</t>
   </si>
   <si>
     <t>ORD/000703/2022-2023</t>
   </si>
   <si>
     <t>353/HD</t>
   </si>
   <si>
     <t>30/01/2023</t>
   </si>
   <si>
-    <t>26/04/2025</t>
+    <t>24/08/2025</t>
   </si>
   <si>
     <t>M/S HOWRAH CONSTRUCTION</t>
   </si>
   <si>
     <t>Work Order for Sinking of 6 (Six) No. 250 X 150 mm Dia and 230 m deep tubewell Drilling by Direct Rotary method with UPVC Pipes all complete at Domjur (Zone-IV) Dakshin Jhapordaha (Zone-I) &amp; (Zone-II)PWSS of Domjur Block of Howrah Sadar Sub-Division under Howrah Division, P. H. E. Dte.</t>
   </si>
   <si>
     <t>ORD/000664/2022-2023</t>
   </si>
   <si>
     <t>175/HD</t>
   </si>
   <si>
     <t>13/01/2023</t>
   </si>
   <si>
-    <t>15/12/2024</t>
+    <t>15/03/2025</t>
   </si>
   <si>
     <t>B K ENTERPRISE</t>
   </si>
   <si>
     <t>Work Order for CONSTRUCTION FOR 3 NOS. PUMP HOUSE, 3 NOS. BOUNDARY WALL, RISING MAIN, LDS (Part-1) &amp; FHTC (Part-1) OF AUGMENTATION OF DOMJUR (ZONE-IV) DAKSHIN JHAPARDAHA (ZONE-I) in DOMJUR BLOCK OF HOWRAH DISTRICT UNDER HOWRAH DIVISION, P. H. E. DTE.</t>
   </si>
   <si>
     <t>ORD/000814/2022-2023</t>
   </si>
   <si>
     <t>981/HD</t>
   </si>
   <si>
     <t>13/03/2023</t>
   </si>
   <si>
     <t>09/09/2023</t>
   </si>
   <si>
     <t>MA MANASA CONSTRUCTION</t>
   </si>
   <si>
     <t>RTOR000077/2023-2024</t>
   </si>
@@ -1583,51 +1583,51 @@
       <c r="K14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P14" s="4">
         <v>39.78</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>548.1</v>