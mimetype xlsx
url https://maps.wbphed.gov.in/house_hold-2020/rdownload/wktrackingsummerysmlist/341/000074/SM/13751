--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1018,54 +1018,54 @@
       <c r="I5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>143.99</v>
       </c>
       <c r="Q5" s="4">
-        <v>103.61</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>71.96</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1081,54 +1081,54 @@
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>32.22</v>
       </c>
       <c r="Q6" s="4">
-        <v>10.46</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>32.47</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1144,54 +1144,54 @@
       <c r="I7" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>6.71</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.93</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>88.35</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>75</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1207,54 +1207,54 @@
       <c r="I8" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>77.78</v>
       </c>
       <c r="Q8" s="4">
-        <v>12.73</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>16.36</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1270,54 +1270,54 @@
       <c r="I9" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P9" s="4">
         <v>148.59</v>
       </c>
       <c r="Q9" s="4">
-        <v>70.33</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>47.33</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>48</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1514,54 +1514,54 @@
       <c r="I13" s="13" t="s">
         <v>84</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P13" s="4">
         <v>8.36</v>
       </c>
       <c r="Q13" s="4">
-        <v>1.32</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>15.81</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>79</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1611,54 +1611,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>548.1</v>
       </c>
       <c r="P15" s="8">
-        <v>204.38</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>37.29</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>