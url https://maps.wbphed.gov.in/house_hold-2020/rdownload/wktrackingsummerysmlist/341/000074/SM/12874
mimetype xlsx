--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -230,255 +230,255 @@
   <si>
     <t>19/03/2025</t>
   </si>
   <si>
     <t>CREATION CONSTRUCTION</t>
   </si>
   <si>
     <t>Renovation of boundary wall at old Headwork Site of Bamunhati W/S scheme in uluberia Sub-Division, under Howrah Division P.H.E.Dte.</t>
   </si>
   <si>
     <t>ORD/000672/2023-2024</t>
   </si>
   <si>
     <t>3235/AE/USD</t>
   </si>
   <si>
     <t>12/03/2024</t>
   </si>
   <si>
     <t>11/04/2024</t>
   </si>
   <si>
     <t>A.A ENTERPRISE</t>
   </si>
   <si>
+    <t>Work Order for Augmentation of Bamunhati Piped Water Supply Scheme (Part B :- LDS &amp; FHTC of Barbangalpur Village) in Uluberia-II Block of Howrah District under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000751/2022-2023</t>
+  </si>
+  <si>
+    <t>649/HD</t>
+  </si>
+  <si>
+    <t>03/12/2025</t>
+  </si>
+  <si>
+    <t>S. R. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Work Order for Augmentation of Bamunhati Piped Water Supply Scheme (Part I :- LDS &amp; FHTC of Part III of Abhirampur Village) in Uluberia-II Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000755/2022-2023</t>
+  </si>
+  <si>
+    <t>654/HD</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>ASHOKE ENGINEERING WORKS</t>
+  </si>
+  <si>
+    <t>Work Order for Augmentation of Bamunhati Piped Water Supply Scheme (Part E :- LDS &amp; FHTC of Norther Part of Palera Village) in Uluberia-II Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000750/2022-2023</t>
+  </si>
+  <si>
+    <t>650/HD</t>
+  </si>
+  <si>
+    <t>21/03/2025</t>
+  </si>
+  <si>
+    <t>B.M ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Work Order for Augmentation of Bamunhati Piped Water Supply Scheme (Part Q:- FHTC of Part XI ) in Uluberia-II Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000762/2022-2023</t>
+  </si>
+  <si>
+    <t>661/HD</t>
+  </si>
+  <si>
+    <t>07/05/2025</t>
+  </si>
+  <si>
+    <t>SR TRADING CORPORATION</t>
+  </si>
+  <si>
+    <t>Work Order for Augmentation of Bamunhati Piped Water Supply Scheme (Part G :- LDS &amp; FHTC of Part I of Abhirampur Village) in Uluberia-II Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000753/2022-2023</t>
+  </si>
+  <si>
+    <t>652/HD</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
+    <t>JOY GURU TRADING</t>
+  </si>
+  <si>
+    <t>Work Order for Sinking of 7 (Seven) Nos. 250 X 150 mm Dia and 230 m deep tubewell Drilling by Direct Rotary method with UPVC Pipes all complete at Augmentation of Bamunhati PWSS (3 nos) &amp; Kamina PWSS (2 nos) &amp; Barramnagar PWSS (2 nos) of Uluberia - II Block of Uluberia Sub-Division under Howrah Division, P. H. E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000881/2022-2023</t>
+  </si>
+  <si>
+    <t>1195/HD</t>
+  </si>
+  <si>
+    <t>23/03/2023</t>
+  </si>
+  <si>
+    <t>17/07/2025</t>
+  </si>
+  <si>
+    <t>ACME CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Work Order for Laying Distribution System &amp; Providing House Hold Tap Connection (FHTC) &amp; AugmeConstruction of 500cu.m. capacity 20 mtr staging height RCC Over Head Reservoir including Pipe connection &amp; soil investigation including foundation design of Bamunhati Piped Water Supply Scheme (Part A :- Bamunhati Village) in Uluberia-II Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000011/2023-2024</t>
+  </si>
+  <si>
+    <t>1594/HD</t>
+  </si>
+  <si>
+    <t>12/04/2023</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>M/S SRIKANTA PATRA</t>
+  </si>
+  <si>
+    <t>Laying Distribution System &amp; Providing Household Tap Connection (FHTC) for Augmentation of Bamunhati Piped Water Supply Scheme (Part D :-LDS &amp; FHTC of Mahishrekha Village) in Uluberia-II Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000106/2023-2024</t>
+  </si>
+  <si>
+    <t>2697/HD</t>
+  </si>
+  <si>
+    <t>24/07/2023</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION CORNER</t>
+  </si>
+  <si>
+    <t>Construction of switch room SLOPE ROOF (3.60m x 3.00m) with water supply &amp; sanitary arrangement of Bamunhati PWSS (2nd Tube well) of Uluberia-II Block under Uluberia Sub-Division under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000778/2024-2025</t>
+  </si>
+  <si>
+    <t>1464/HD</t>
+  </si>
+  <si>
+    <t>03/05/2025</t>
+  </si>
+  <si>
+    <t>NOBLE ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Construction of switch room SLOPE ROOF (5.40m x 3.60 m) with water supply &amp; sanitary arrangement at Head Work site of Bamunhati PWSS of Uluberia-II Block under Uluberia Sub-Division under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000621/2024-2025</t>
+  </si>
+  <si>
+    <t>1207/HD</t>
+  </si>
+  <si>
+    <t>04/03/2025</t>
+  </si>
+  <si>
+    <t>18/04/2025</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical / mechanical equipments etc. including allied works for Augmentation of Bamunhati water supply scheme, T.W. No. III &amp; IV, Block: Uluberia-II, District- Howrah under Electrical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/003615/2023-2024</t>
+  </si>
+  <si>
+    <t>3465/ED</t>
+  </si>
+  <si>
+    <t>11/08/2023</t>
+  </si>
+  <si>
+    <t>09/11/2023</t>
+  </si>
+  <si>
+    <t>B.T. PROJECT PVT. LTD.</t>
+  </si>
+  <si>
+    <t>Work Order for Augmentation of Bamunhati Piped Water Supply Scheme (Part J :- LDS &amp; FHTC of Part IV of Abhirampur Village) in Uluberia-II Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000756/2022-2023</t>
+  </si>
+  <si>
+    <t>655/HD</t>
+  </si>
+  <si>
+    <t>04/07/2025</t>
+  </si>
+  <si>
+    <t>ABONTICA ENTERPRISE</t>
+  </si>
+  <si>
     <t>Work Order for Augmentation of Bamunhati Piped Water Supply Scheme (Part O:-LDS &amp; FHTC of Part-IX of Abhirampur Village) in Uluberia-II Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
   </si>
   <si>
     <t>ORD/000749/2022-2023</t>
   </si>
   <si>
     <t>648/HD</t>
   </si>
   <si>
     <t>20/06/2025</t>
   </si>
   <si>
     <t>JHARNA ENTERPRISE</t>
-  </si>
-[...190 lines deleted...]
-    <t>ABONTICA ENTERPRISE</t>
   </si>
   <si>
     <t>Work Order for Augmentation of Bamunhati Piped Water Supply Scheme (Part P:- LDS &amp; FHTC of Part X of Abhirampur Village) in Uluberia-II Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
   </si>
   <si>
     <t>ORD/000761/2022-2023</t>
   </si>
   <si>
     <t>660/HD</t>
   </si>
   <si>
     <t>04/10/2025</t>
   </si>
   <si>
     <t>KALIDAS ENTERPRISE</t>
   </si>
   <si>
     <t>Work Order for Augmentation of Bamunhati Piped Water Supply Scheme (Part K :- LDS &amp; FHTC of Part V of Abhirampur Village) in Uluberia-II Block of Howrah District under Howrah Division, P. H. E. Dte.</t>
   </si>
   <si>
     <t>ORD/000757/2022-2023</t>
   </si>
   <si>
     <t>656/HD</t>
   </si>
@@ -1569,60 +1569,60 @@
       <c r="H11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
-        <v>11.08</v>
+        <v>76.95</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
@@ -1630,60 +1630,60 @@
       <c r="H12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
-        <v>76.95</v>
+        <v>11.31</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
@@ -1691,51 +1691,51 @@
       <c r="H13" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
-        <v>11.31</v>
+        <v>63.69</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
@@ -1752,51 +1752,51 @@
       <c r="H14" s="13" t="s">
         <v>87</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
-        <v>63.69</v>
+        <v>3.98</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
@@ -1813,483 +1813,483 @@
       <c r="H15" s="13" t="s">
         <v>92</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P15" s="4">
-        <v>3.98</v>
+        <v>38.68</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
         <v>97</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P16" s="4">
-        <v>38.68</v>
+        <v>90.87</v>
       </c>
       <c r="Q16" s="4">
-        <v>0</v>
+        <v>36.38</v>
       </c>
       <c r="R16" s="4">
-        <v>0</v>
+        <v>40.04</v>
       </c>
       <c r="S16" s="4">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P17" s="4">
-        <v>90.87</v>
+        <v>219.51</v>
       </c>
       <c r="Q17" s="4">
-        <v>36.38</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>40.04</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P18" s="4">
-        <v>219.51</v>
+        <v>104.49</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J19" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>117</v>
+        <v>64</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P19" s="4">
-        <v>104.49</v>
+        <v>5.9</v>
       </c>
       <c r="Q19" s="4">
         <v>0</v>
       </c>
       <c r="R19" s="4">
         <v>0</v>
       </c>
       <c r="S19" s="4">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="13" t="s">
         <v>120</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M20" s="4" t="s">
-        <v>64</v>
+        <v>123</v>
       </c>
       <c r="N20" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="O20" s="4" t="s">
-        <v>124</v>
+        <v>108</v>
       </c>
       <c r="P20" s="4">
-        <v>5.9</v>
+        <v>7.05</v>
       </c>
       <c r="Q20" s="4">
         <v>0</v>
       </c>
       <c r="R20" s="4">
         <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="13" t="s">
         <v>125</v>
       </c>
       <c r="I21" s="13" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="J21" s="13"/>
+        <v>45</v>
+      </c>
+      <c r="J21" s="13" t="s">
+        <v>46</v>
+      </c>
       <c r="K21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O21" s="4" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="P21" s="4">
-        <v>7.05</v>
+        <v>23.5</v>
       </c>
       <c r="Q21" s="4">
         <v>0</v>
       </c>
       <c r="R21" s="4">
         <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I22" s="13" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="K22" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L22" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M22" s="4" t="s">
-        <v>133</v>
+        <v>36</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P22" s="4">
-        <v>23.5</v>
+        <v>27.96</v>
       </c>
       <c r="Q22" s="4">
         <v>0</v>
       </c>
       <c r="R22" s="4">
         <v>0</v>
       </c>
       <c r="S22" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
@@ -2297,51 +2297,51 @@
       <c r="H23" s="13" t="s">
         <v>136</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P23" s="4">
-        <v>27.96</v>
+        <v>11.08</v>
       </c>
       <c r="Q23" s="4">
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>