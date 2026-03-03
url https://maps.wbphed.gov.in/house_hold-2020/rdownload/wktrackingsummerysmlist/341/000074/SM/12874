--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1088,54 +1088,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.04</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.01</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.38</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1511,54 +1511,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>3.07</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.02</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>98.33</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1877,54 +1877,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P16" s="4">
         <v>90.87</v>
       </c>
       <c r="Q16" s="4">
-        <v>36.38</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>40.04</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>85</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2578,54 +2578,54 @@
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
         <v>161</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>1125.16</v>
       </c>
       <c r="P28" s="8">
-        <v>43.42</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="8">
-        <v>3.86</v>
+        <v>0</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>