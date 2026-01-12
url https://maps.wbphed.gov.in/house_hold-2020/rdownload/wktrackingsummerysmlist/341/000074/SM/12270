--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -200,51 +200,51 @@
   <si>
     <t>17/03/2023</t>
   </si>
   <si>
     <t>27/07/2025</t>
   </si>
   <si>
     <t>JAHANGIR ALAM</t>
   </si>
   <si>
     <t>Construction of Boundary Wall, Approach Road, Land Development and Pump house at HEAD WORK Site, 2nd Tube Well Site and 3rd Tube Well Site of KHILA Piped Water Supply Scheme at Udaynarayanpur Block Under Howrah Division, P.H.E. Dte.[SM/12270]</t>
   </si>
   <si>
     <t>JE/RWS/Uluberia I</t>
   </si>
   <si>
     <t>ORD/000154/2024-2025</t>
   </si>
   <si>
     <t>4130/HD</t>
   </si>
   <si>
     <t>23/09/2024</t>
   </si>
   <si>
-    <t>03/10/2025</t>
+    <t>02/03/2026</t>
   </si>
   <si>
     <t>Work Order for Sinking of 3 (Three) Nos. 300 X 200 mm Dia and 230 m deep tubewell Drilling by Direct Rotary method with UPVC Pipes all complete at Khila PWSS of RWS Howrah Sub-Division under Howrah Division, P. H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000558/2022-2023</t>
   </si>
   <si>
     <t>2488/HD</t>
   </si>
   <si>
     <t>30/11/2022</t>
   </si>
   <si>
     <t>29/01/2023</t>
   </si>
   <si>
     <t>M/S SYCHROTECH INDUSTRY</t>
   </si>
   <si>
     <t>Work Order for Construction of Pump House (5.40m x 3.60 m) with water supply &amp; sanitary arrangement at 3rd TW site Khila W/S scheme at Udaynarayanpur Block under Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000623/2022-2023</t>
   </si>