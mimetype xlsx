--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -933,54 +933,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>4.01</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.89</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>97.03</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1232,54 +1232,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>113</v>
       </c>
       <c r="Q8" s="4">
-        <v>71.45</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>63.23</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>35</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1295,54 +1295,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P9" s="4">
         <v>102.93</v>
       </c>
       <c r="Q9" s="4">
-        <v>26.65</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>25.89</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1358,54 +1358,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>54.33</v>
       </c>
       <c r="Q10" s="4">
-        <v>46.35</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>85.31</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1421,54 +1421,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>7.7</v>
       </c>
       <c r="Q11" s="4">
-        <v>6.68</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>86.8</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1543,54 +1543,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>620.6</v>
       </c>
       <c r="Q13" s="4">
-        <v>185.88</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>29.95</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>50</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1606,54 +1606,54 @@
       <c r="I14" s="13" t="s">
         <v>87</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>88</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P14" s="4">
         <v>30.54</v>
       </c>
       <c r="Q14" s="4">
-        <v>12.6</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>41.28</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>50</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1766,54 +1766,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>108</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>1190.65</v>
       </c>
       <c r="P17" s="8">
-        <v>353.51</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>29.69</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>