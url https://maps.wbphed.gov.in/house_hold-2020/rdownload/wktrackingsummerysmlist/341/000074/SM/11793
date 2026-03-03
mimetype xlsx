--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -285,50 +285,53 @@
     <t>APEX ENGINEERING</t>
   </si>
   <si>
     <t>Construction of boundary wall &amp; Land Development at 2nd TW Site Nawpara PWSS scheme under Amta-II Block under Uluberia Sub-Division, under Howrah Division, P.H.E. Dte. (SM/11793)</t>
   </si>
   <si>
     <t>ORD/000546/2024-2025</t>
   </si>
   <si>
     <t>1072/HD</t>
   </si>
   <si>
     <t>27/02/2025</t>
   </si>
   <si>
     <t>10/10/2025</t>
   </si>
   <si>
     <t>M/S KANIKA ROY ENTERPRISE</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Amta-I, Amta-II, Bagnan-I, Bagnan-II, Shyampur-I and Shyampur-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.(Phase-II).</t>
   </si>
   <si>
     <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000199/2025-2026</t>
   </si>
   <si>
     <t>3670/HD</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>TECH VISION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -897,54 +900,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>3.2</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.3</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>102.96</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -960,54 +963,54 @@
       <c r="I4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P4" s="4">
         <v>22.49</v>
       </c>
       <c r="Q4" s="4">
-        <v>21.64</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>96.2</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>80</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1023,54 +1026,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P5" s="4">
         <v>10.72</v>
       </c>
       <c r="Q5" s="4">
-        <v>10.72</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1086,54 +1089,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P6" s="4">
         <v>77.89</v>
       </c>
       <c r="Q6" s="4">
-        <v>24.74</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>31.77</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1385,54 +1388,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>675.07</v>
       </c>
       <c r="Q11" s="4">
-        <v>189.55</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>28.08</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1550,108 +1553,110 @@
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>89</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="J14" s="13"/>
+      <c r="J14" s="13" t="s">
+        <v>91</v>
+      </c>
       <c r="K14" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P14" s="4">
         <v>21.25</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>888.96</v>
       </c>
       <c r="P15" s="8">
-        <v>249.95</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>28.12</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>