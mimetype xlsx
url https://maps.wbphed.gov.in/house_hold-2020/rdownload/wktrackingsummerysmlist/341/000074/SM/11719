--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -290,60 +290,66 @@
   <si>
     <t>23/06/2025</t>
   </si>
   <si>
     <t>21/09/2025</t>
   </si>
   <si>
     <t>Sinking of additional 1 (One) Nos. (250 X 150 mm) Dia and 230 m deep tubewell Drilling by Direct Rotary method with UPVC Pipes all complete at Jhikira PWSS at Amta-II Block in Uluberia Sub-Division, under Howrah Division PHE Dte. (Location: Jhikira)</t>
   </si>
   <si>
     <t>ORD/000586/2024-2025</t>
   </si>
   <si>
     <t>1175/HD</t>
   </si>
   <si>
     <t>03/03/2025</t>
   </si>
   <si>
     <t>17/04/2025</t>
   </si>
   <si>
     <t>Land Development of Head work site with laying of distribution pipe line within Jhikra PWSS at Amta-II Block in Uluberia Sub-Division, under Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
+    <t>JE/BLK/AMTA2</t>
+  </si>
+  <si>
     <t>ORD/000093/2025-2026</t>
   </si>
   <si>
     <t>2884/HD</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Amta-I, Amta-II, Bagnan-I, Bagnan-II, Shyampur-I and Shyampur-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.(Phase-II).</t>
   </si>
   <si>
     <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000199/2025-2026</t>
   </si>
   <si>
     <t>3670/HD</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>TECH VISION</t>
   </si>
   <si>
     <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical/ mechanical equipments etc. including allied works for Jhikira water supply scheme, T.W. No.- I &amp; II, Block: Amta-II, District- Howrah under Electrical Division, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer3,Junior Engineer5</t>
   </si>
   <si>
     <t>ORD/000256/2022-2023</t>
   </si>
@@ -930,54 +936,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>3.36</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1115,54 +1121,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>77.89</v>
       </c>
       <c r="Q6" s="4">
-        <v>23.53</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>30.21</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1414,54 +1420,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P11" s="4">
         <v>616.01</v>
       </c>
       <c r="Q11" s="4">
-        <v>311.05</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>50.49</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>62</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1642,232 +1648,236 @@
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>91</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="J15" s="13"/>
+      <c r="J15" s="13" t="s">
+        <v>92</v>
+      </c>
       <c r="K15" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P15" s="4">
         <v>81.48</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I16" s="13" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="J16" s="13"/>
+        <v>96</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>97</v>
+      </c>
       <c r="K16" s="4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="P16" s="4">
         <v>21.25</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J17" s="13" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P17" s="4">
         <v>22.61</v>
       </c>
       <c r="Q17" s="4">
-        <v>21.89</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>96.79</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>70</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>973.35</v>
       </c>
       <c r="P18" s="8">
-        <v>359.83</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>36.97</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>