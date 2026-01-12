--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -341,105 +341,90 @@
   <si>
     <t>3884/HD</t>
   </si>
   <si>
     <t>05/09/2024</t>
   </si>
   <si>
     <t>Work Order for Laying HDPE pipeline &amp; providing Functional Household Tap Connection (FHTC) of GAURANGA CHAK Piped Water Supply Scheme under Udaynaryanpur block under Howrah Division, PHE Dte. (Part-B).</t>
   </si>
   <si>
     <t>ORD/000405/2022-2023</t>
   </si>
   <si>
     <t>1992/HD</t>
   </si>
   <si>
     <t>26/09/2022</t>
   </si>
   <si>
     <t>23/11/2024</t>
   </si>
   <si>
     <t>MUKHERJEE CONSTRUCTION</t>
   </si>
   <si>
-    <t>Work Order for Construction of 300 cum capacity 20 Mtr. staging height RCC Over Head Reservoir (including pile foundation) along with part Laying of Distribution and Providing Functional Household Tap Connection(FHTC) for Gauranga Chak Piped Water Supply scheme of Udayanarayanpur Block under Howrah Division P.H.E. Dte. in the District of Howrah.(Part-A)</t>
-[...11 lines deleted...]
-    <t>23/09/2025</t>
+    <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Udaynarayanpur Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
+  </si>
+  <si>
+    <t>ORD/000282/2024-2025</t>
+  </si>
+  <si>
+    <t>4813/HD</t>
+  </si>
+  <si>
+    <t>19/11/2024</t>
+  </si>
+  <si>
+    <t>19/03/2025</t>
+  </si>
+  <si>
+    <t>HORIZEN</t>
+  </si>
+  <si>
+    <t>Construction of Boundary Wall, Construction of Approach Road and Land Development at HEAD WORK Site and 2nd Tube Well Site and Additional Laying of Distribution Pipe Lines with providing FHTC at GOURANGACHAK Piped Water Supply Scheme at Udaynarayanpur Block Under Howrah Division, P.H.E. Dte.(SM/11573)</t>
+  </si>
+  <si>
+    <t>ORD/000041/2024-2025</t>
+  </si>
+  <si>
+    <t>2884/HD</t>
+  </si>
+  <si>
+    <t>25/06/2024</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
   </si>
   <si>
     <t>PRADIP KUMAR JATI</t>
-  </si>
-[...37 lines deleted...]
-    <t>17/10/2025</t>
   </si>
   <si>
     <t>Additional Laying of Distribution Pipe Lines for leftout area of GOURANGACHAK Piped Water Supply Scheme in Udaynarayanpur Block under Howrah Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000017/2025-2026</t>
   </si>
   <si>
     <t>1938/HD</t>
   </si>
   <si>
     <t>22/04/2025</t>
   </si>
   <si>
     <t>21/06/2025</t>
   </si>
   <si>
     <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical/ mechanical equipments etc. including allied works for Gauranga Chak water supply scheme, T.W. No.- I &amp; II, Block: Udaynarayanpur, District- Howrah under Electrical Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer Howrah mechanical Sub Division</t>
   </si>
   <si>
     <t>Junior Engineer2</t>
   </si>
@@ -867,51 +852,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W27"/>
+  <dimension ref="A1:W26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2153,375 +2138,312 @@
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="13" t="s">
         <v>109</v>
       </c>
       <c r="I22" s="13" t="s">
-        <v>49</v>
+        <v>110</v>
       </c>
       <c r="J22" s="13" t="s">
-        <v>50</v>
+        <v>111</v>
       </c>
       <c r="K22" s="4" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="L22" s="4" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="M22" s="4" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="N22" s="4" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="O22" s="4" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="P22" s="4">
-        <v>319.68</v>
+        <v>13.59</v>
       </c>
       <c r="Q22" s="4">
-        <v>289.97</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>90.71</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H23" s="13" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="I23" s="13" t="s">
-        <v>116</v>
+        <v>49</v>
       </c>
       <c r="J23" s="13" t="s">
-        <v>117</v>
+        <v>57</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P23" s="4">
-        <v>13.59</v>
+        <v>149.89</v>
       </c>
       <c r="Q23" s="4">
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H24" s="13" t="s">
         <v>123</v>
       </c>
       <c r="I24" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="J24" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O24" s="4" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="P24" s="4">
-        <v>149.89</v>
+        <v>61.73</v>
       </c>
       <c r="Q24" s="4">
         <v>0</v>
       </c>
       <c r="R24" s="4">
         <v>0</v>
       </c>
       <c r="S24" s="4">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H25" s="13" t="s">
         <v>128</v>
       </c>
       <c r="I25" s="13" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="J25" s="13"/>
+        <v>129</v>
+      </c>
+      <c r="J25" s="13" t="s">
+        <v>130</v>
+      </c>
       <c r="K25" s="4" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L25" s="4" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="O25" s="4" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="P25" s="4">
-        <v>61.73</v>
+        <v>20.36</v>
       </c>
       <c r="Q25" s="4">
-        <v>0</v>
+        <v>19.97</v>
       </c>
       <c r="R25" s="4">
-        <v>0</v>
+        <v>98.09</v>
       </c>
       <c r="S25" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
-      <c r="A26" s="3">
-[...29 lines deleted...]
-      <c r="K26" s="4" t="s">
+      <c r="A26" s="7" t="s">
         <v>136</v>
       </c>
-      <c r="L26" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B26" s="7"/>
+      <c r="C26" s="7"/>
+      <c r="D26" s="7"/>
+      <c r="E26" s="11"/>
+      <c r="F26" s="7"/>
+      <c r="G26" s="7"/>
+      <c r="H26" s="14"/>
+      <c r="I26" s="14"/>
+      <c r="J26" s="14"/>
+      <c r="K26" s="8"/>
+      <c r="L26" s="8"/>
+      <c r="M26" s="8"/>
+      <c r="N26" s="8"/>
+      <c r="O26" s="8">
+        <v>473.11</v>
+      </c>
+      <c r="P26" s="8">
+        <v>117.42</v>
+      </c>
+      <c r="Q26" s="8">
+        <v>24.82</v>
+      </c>
+      <c r="R26" s="8"/>
+      <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
-    <row r="27" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A27:N27"/>
+    <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>