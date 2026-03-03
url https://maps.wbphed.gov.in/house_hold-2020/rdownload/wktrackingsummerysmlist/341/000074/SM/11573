--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1190,54 +1190,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>38</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P6" s="4">
         <v>4.57</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.35</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>95.1</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1249,54 +1249,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P7" s="4">
         <v>4.67</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.92</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>83.76</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1308,54 +1308,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>44</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P8" s="4">
         <v>4.51</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.51</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1371,54 +1371,54 @@
       <c r="I9" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P9" s="4">
         <v>36.08</v>
       </c>
       <c r="Q9" s="4">
-        <v>31.75</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1434,54 +1434,54 @@
       <c r="I10" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P10" s="4">
         <v>3.29</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.15</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>95.76</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1792,54 +1792,54 @@
       <c r="I16" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P16" s="4">
         <v>7.84</v>
       </c>
       <c r="Q16" s="4">
-        <v>7.31</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>93.2</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1855,54 +1855,54 @@
       <c r="I17" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>88</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P17" s="4">
         <v>7.6</v>
       </c>
       <c r="Q17" s="4">
-        <v>7.49</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>98.5</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1918,54 +1918,54 @@
       <c r="I18" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P18" s="4">
         <v>5.19</v>
       </c>
       <c r="Q18" s="4">
-        <v>5.08</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>97.82</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2099,54 +2099,54 @@
       <c r="I21" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P21" s="4">
         <v>94.6</v>
       </c>
       <c r="Q21" s="4">
-        <v>29.91</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>31.61</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>20</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2349,88 +2349,88 @@
       <c r="I25" s="13" t="s">
         <v>129</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>130</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P25" s="4">
         <v>20.36</v>
       </c>
       <c r="Q25" s="4">
-        <v>19.97</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>98.09</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>30</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>473.11</v>
       </c>
       <c r="P26" s="8">
-        <v>117.42</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>24.82</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>